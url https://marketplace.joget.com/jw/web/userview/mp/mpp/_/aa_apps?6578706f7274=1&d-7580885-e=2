--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -67,814 +67,785 @@
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFill="true" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:A80"/>
+  <dimension ref="A1:A77"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="189.9375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>AppName</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Asset Management and Tracking App for DX 8 
          Asset Management and Tracking App for DX 8 
 A simple asset management and tracking web application.
-306</t>
+335</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Account Creation App 
         Account Creation App 
 Check out this Account Creation App if you need your users to sign-up.
-1620</t>
+1632</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Advanced JSON Data List Binder Demo App 
         Advanced JSON Data List Binder Demo AppDemo App to showcase the Advanced JSON Data List Binder Plugin.
-128</t>
+132</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
+        <is>
+          <t>AI Complaints Management App 
+        AI Complaints Management AppThe AI Complaints Management App helps Complaint Managers and their teams efficiently manage customer-submitted complaints.
+17</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
         <is>
           <t>Approve Via Email 
         Approve Via Email for v6 
 Demonstration app to approve workflow activities via email replies (Email Polling).
-2217</t>
-[...8 lines deleted...]
-3287</t>
+2233</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Audit Management Module 
         Audit Management ModuleYou can manage the internal audit which must be conducted at intervals determined within the scope of ISO Standards through this Audit Management Module. 
-18</t>
+19</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Book Catalog 
         Book Catalog 
 Use the Book Catalog app to manage your books and audiobooks library.
-544</t>
+551</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Club Management 
         Club Management 
 A basic app that allows users to manage club memberships.
-607</t>
+611</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Country List 
         Country List App 
 Utility app that allows you to setup and manage a list of countries in a select box.
-459</t>
+460</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Data Trail Demo App 
         Data Trail Demo App 
 This is a demo app for JSON to Table Formatter and Form Store Binder Audit Trail Plugin.
-160</t>
+168</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>DB Schema App 
         DB Schema AppThe DB Schema App is designed to help users efficiently analyze and compare database structures across different environments.
-81</t>
+96</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>DISINI Driver Management App 
         DISINI Driver Management AppEnterprises will be able to use the application to manage their employed drivers and start the drivers dispatching process.
-216</t>
+218</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>DISINI Vehicle Booking &amp; Incident Reporting App 
         DISINI Vehicle Booking &amp; Incident Reporting AppUsers will be able to use the application to book vehicles and report incidents related to the vehicle.
-230</t>
+233</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>DISINI Vehicle Inspection &amp; Insurance App 
         DISINI Vehicle Inspection &amp; Insurance AppEnterprises will be able to use the application to manage their fleet of vehicles, track insurance policies expiry and conduct vehicle inspections.
 139</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>EMAS eKYC App 
         EMAS eKYC app to verify identity during customer on-boarding.
-285</t>
+290</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>EMAS OkayFace Approval App 
         EMAS OkayFace Approval app to approve documents using AI-based facial biometric authentication.
-396</t>
+399</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Employee Loan Management 
         Create, track, and manage your employee's loan applications.
-636</t>
+638</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Employee Services Portal 
         Employee Services Portal 
 A portal for Employee Self Service in an organization.
-1765</t>
+1771</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Employee Temperature Tracking App 
         Employee Temperature Tracking app to record daily temperature readings of the employees.
 337</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Enhanced Task Delegation 
         Enhanced Task DelegationA template app that integrates with the Joget Task Delegation form.
-667</t>
+677</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Expenses Claims App for DX 8 
         Expenses Claims App for DX 8 
 The Expenses Claim app was designed for employees to submit and head of departments (HOD) to approve expense claims online.
-217</t>
+230</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Google Maps App 
         Google Maps App 
 Demonstrates how to integrate Joget with Google Maps.
-1023</t>
+1029</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
-        <is>
-[...8 lines deleted...]
-      <c r="A25" t="inlineStr">
         <is>
           <t>Insurance Management 
         Insurance Management 
 Administrators can manage and track their corporate insurance policies and insurance brokers.
-391</t>
+394</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>Internal Service Request (DX) 
+        Internal Service Request (DX)App that enables users to make and manage inter-departmental service requests
+978</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
-        <is>
-[...7 lines deleted...]
-      <c r="A27" t="inlineStr">
         <is>
           <t>ISIC List 
         ISIC List App 
 Utility app to set up and manage the UN list of national activities code and descriptors.
-352</t>
-[...4 lines deleted...]
-      <c r="A28" t="inlineStr">
+353</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
         <is>
           <t>Job Recruitment Management 
         Job Recruitment Management 
 Easily manage a job recruitment website for your organization on Joget.
-652</t>
+657</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>Joget User Mgnt Utility v6 &amp; DX 
+        Joget User Management UtilityEasily add and manage Joget user accounts, departments, grades, groups, and organization.
+2376</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>Joget User Mgnt Utility v6 &amp; DX 
-[...1 lines deleted...]
-2369</t>
+          <t>Loan Calculator 
+        Loan Calculator AppA free example app for a loan calculator using Joget.
+451</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>Loan Calculator 
-[...1 lines deleted...]
-447</t>
+          <t>Manufacturing Production and Planning App 
+        Manufacturing Production and Planning AppSeamlessly transform your production workflows into instrumented digitalized processes that connect operator, machine, resource coordination and QAQC assurance into a single ecosystem.
+442</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>Manufacturing Production and Planning App 
-[...1 lines deleted...]
-429</t>
+          <t>Medical Reimbursement 
+        A quick and easy Medical Reimbursement app on Joget with one approval cycle.
+395</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
-        <is>
-[...7 lines deleted...]
-      <c r="A33" t="inlineStr">
         <is>
           <t>Meeting Room Booking App for DX 
 Meeting Room Booking App for DX 
 Book and track your organization meeting rooms with this app.
-964</t>
+970</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>Messaging App 
+        Messaging AppA Simple Messaging App where you can easily chat with Joget users within your organization.
+930</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
-        <is>
-[...7 lines deleted...]
-      <c r="A35" t="inlineStr">
         <is>
           <t>NAICS List 
         NAICS List App 
 Utility app to set up and manage the North American Industry Classification System List.
-78</t>
-[...4 lines deleted...]
-      <c r="A36" t="inlineStr">
+79</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
         <is>
           <t>Newsletter Management 
         Newsletter Management 
 Manage your electronic newsletters on Joget. The public can subscribe to receive newsletters.
-211</t>
+212</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>On-Site Management App 
+        On-Site ManagementOn-Site Management app to ensure every project works according to plan and minimize project delays.
+361</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
-        <is>
-[...7 lines deleted...]
-      <c r="A38" t="inlineStr">
         <is>
           <t>Partner Opportunity Locking 
         Star Rating Plugin 
 Create, track, and manage your Partner Opportunities Locking with this app on Joget.
-177</t>
-[...4 lines deleted...]
-      <c r="A39" t="inlineStr">
+178</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
         <is>
           <t>Personal Expense Tracker App 
         Personal Expense Tracker App 
 Track personal finance which does not require approval and steps for expenses.
-109</t>
-[...4 lines deleted...]
-      <c r="A40" t="inlineStr">
+121</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
         <is>
           <t>Process Monitoring Utility (MS-SQL) 
         Process Monitoring Utility For MS-SQL 
 Administrator utility to manage workflow processes via a front end userview.
-232</t>
-[...4 lines deleted...]
-      <c r="A41" t="inlineStr">
+236</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
         <is>
           <t>Process Monitoring Utility (MySQL) 
         Process Monitoring Utility 
 Administrator utility to manage workflow processes via a front end userview.
-791</t>
-[...4 lines deleted...]
-      <c r="A42" t="inlineStr">
+804</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
         <is>
           <t>Process Version Migrator Utility 
         Process Version Migrator 
 A utility app to change your apps running processes to a newer version.
-262</t>
+271</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>Purchase Requisition App for DX8 
+        Purchase Requisition App for DX8A simple purchase requisition app for employees to submit purchase requisitions for management approval.
+244</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>Purchase Requisition App for DX8 
-[...1 lines deleted...]
-226</t>
+          <t>Queue Safely App 
+        Allows businesses to enable their customers to queue digitally and safely while they wait to be served.
+273</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
-        <is>
-[...16 lines deleted...]
-      <c r="A46" t="inlineStr">
         <is>
           <t>Self-registration App 
         Self-registration App 
 With this user-friendly Self-Registration App, anonymous users can easily register as Joget users.
-334</t>
-[...13 lines deleted...]
-      <c r="A48" t="inlineStr">
+341</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
         <is>
           <t>SigningDoc App 
         SigningDoc 
 Request electronic signatures for everyone and every enterprises.
-731</t>
-[...4 lines deleted...]
-      <c r="A49" t="inlineStr">
+748</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
         <is>
           <t>Simple CRM 
         Simple CRM 
 Helps your business communicate with prospects, share sales information, and close deals.
-1216</t>
-[...4 lines deleted...]
-      <c r="A50" t="inlineStr">
+1221</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
         <is>
           <t>Simple Document Repository 
         Document sharing and storage made simple.
-2516</t>
-[...4 lines deleted...]
-      <c r="A51" t="inlineStr">
+2530</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
         <is>
           <t>Simple Employee Management 
         Simple Employee Management 
 Create, track, and manage your company's human resource records on Joget.
-1079</t>
-[...4 lines deleted...]
-      <c r="A52" t="inlineStr">
+1082</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
         <is>
           <t>Simple FAQ  
         Simple FAQ 
 App to create and manage your site's Frequently Asked Questions (FAQ).
-269</t>
-[...4 lines deleted...]
-      <c r="A53" t="inlineStr">
+270</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
         <is>
           <t>Simple Inventory Tracking 
         Simple Inventory Tracking 
 Control and track your office stationeries, consumables, and computer equipment on Joget.
-961</t>
-[...4 lines deleted...]
-      <c r="A54" t="inlineStr">
+964</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
         <is>
           <t>Simple Invoicing 
         Simple Invoicing 
 Create, track, and manage your company's invoices in 4 easy steps.
-1091</t>
-[...14 lines deleted...]
-      <c r="A56" t="inlineStr">
+1093</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
         <is>
           <t>Simple Payroll 
         Simple Payroll 
 Create, track, and manage your organization's payroll on Joget.
-539</t>
-[...4 lines deleted...]
-      <c r="A57" t="inlineStr">
+541</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
         <is>
           <t>Simple Purchasing 
         Simple Purchasing 
 Create, track, and manage your company purchase orders on Joget.
 799</t>
         </is>
       </c>
     </row>
-    <row r="58">
-      <c r="A58" t="inlineStr">
+    <row r="54">
+      <c r="A54" t="inlineStr">
         <is>
           <t>Simple Quotation 
         Simple Quotation 
 Create, track, and manage your company's quotations in 4 easy steps.
-808</t>
-[...4 lines deleted...]
-      <c r="A59" t="inlineStr">
+813</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
         <is>
           <t>Simple Visitor Management 
         Simple Visitor ManagementFree and simple app to track incoming business visitors to your organization.
-495</t>
-[...4 lines deleted...]
-      <c r="A60" t="inlineStr">
+498</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
         <is>
           <t>Simple Warranty 
         Simple Warranty 
 Create, track, and manage your product's warranty registrations on Joget.
 200</t>
         </is>
       </c>
     </row>
-    <row r="61">
-      <c r="A61" t="inlineStr">
+    <row r="57">
+      <c r="A57" t="inlineStr">
         <is>
           <t>Stationery Request 
         Stationery Request App 
 A quick and easy Stationery Request App on Joget with one approval cycle.
-490</t>
-[...4 lines deleted...]
-      <c r="A62" t="inlineStr">
+492</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
         <is>
           <t>Student Temperature Tracking App 
         Student Temperature Tracking App for schools to assign student QR code and take daily body temperature readings.
-368</t>
-[...4 lines deleted...]
-      <c r="A63" t="inlineStr">
+369</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
+        <is>
+          <t>Supply Chain - Accounts Payable App 
+        Supply Chain - Accounts Payable AppSupply Chain - Accounts Payable App automate invoice processing with AI-powered extraction and PO matching.
+14</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
         <is>
           <t>Task Management and Tracking App 
         Task Management and Tracking AppTask Management and Tracking App (TMT) to virtually monitor task progress and track the amount of time spent on each task.
-1582</t>
-[...4 lines deleted...]
-      <c r="A64" t="inlineStr">
+1594</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
         <is>
           <t>Timesheet Tracker App 
          Timesheet Tracker App 
 Timesheet Tracker app provides a comprehensive solution for efficient time management and project tracking.
-241</t>
-[...4 lines deleted...]
-      <c r="A65" t="inlineStr">
+261</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
         <is>
           <t>Training Evaluation 
         Training Evaluation App 
 Track feedback on your classroom training on Joget.
-657</t>
-[...4 lines deleted...]
-      <c r="A66" t="inlineStr">
+661</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
         <is>
           <t>Travel Advisory Tracking App 
         Travel Advisory Tracking 
 Travel Advisory Tracking app to track all visitors to your organization
 268</t>
         </is>
       </c>
     </row>
-    <row r="67">
-      <c r="A67" t="inlineStr">
+    <row r="64">
+      <c r="A64" t="inlineStr">
         <is>
           <t>Travel Request 
         Travel Request 
 Users can submit a Travel Request form and route to a designated approver.
-1063</t>
-[...4 lines deleted...]
-      <c r="A68" t="inlineStr">
+1066</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
         <is>
           <t>Tutorial App: AJAX Selectbox 
         AJAX Selectbox App DX 
 Demonstration app on the usage of the AJAX Selectbox form element plugin.
-492</t>
-[...4 lines deleted...]
-      <c r="A69" t="inlineStr">
+497</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
         <is>
           <t>Tutorial App: Candlestick Charting 
         Candlestick Charting 
 Easily generate a Candlestick Chart on Joget.
 282</t>
         </is>
       </c>
     </row>
-    <row r="70">
-      <c r="A70" t="inlineStr">
+    <row r="67">
+      <c r="A67" t="inlineStr">
         <is>
           <t>Tutorial App: Customize Theme Colors 
         Tutorial App: Customize Theme ColorsA tutorial app with three examples on how you can customize the v5 userview theme colors.
-417</t>
-[...4 lines deleted...]
-      <c r="A71" t="inlineStr">
+418</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
         <is>
           <t>Tutorial App: Datalist 
         Tutorial App: DatalistTutorial app that showcases the many techniques of displaying records in a Joget datalist on Joget.
-745</t>
-[...4 lines deleted...]
-      <c r="A72" t="inlineStr">
+747</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
         <is>
           <t>Tutorial App: Gantt Chart  
         Gantt Chart App 
 Sample app to demonstrate the use of the Joget Gantt Chart userview menu plugin.
-573</t>
-[...4 lines deleted...]
-      <c r="A73" t="inlineStr">
+576</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
         <is>
           <t>Tutorial App: Grid 
         Tutorial App: Grid 
 This is a tutorial app that showcases the various types of Grids (Form Grid, Advanced Grid, List Grid, and Grid) in Joget forms.
-820</t>
+822</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>Tutorial App: Hash Variable 
+        Tutorial App: Hash VariableTutorial app that showcases the techniques of using hash variables on Joget v5 Enterprise.
+531</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
+          <t>Tutorial App: Joget Charts 
+        Tutorial App: Joget ChartsTutorial app that showcases the various types of graphic charts available in Joget.
+815</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
+          <t>Tutorial App: JSON Form Options Binder 
+        JSON Form Options Tutorial AppA free app demonstrating the use of the JSON Form Options Binder plugin to populate some form elements.
+602</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
-        <is>
-[...25 lines deleted...]
-      <c r="A77" t="inlineStr">
         <is>
           <t>Tutorial App: Process Deadlines 
 Tutorial App: Process Deadlines 
 Tutorial app to demonstrate the use of process deadlines in Joget.
-814</t>
-[...4 lines deleted...]
-      <c r="A78" t="inlineStr">
+826</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
         <is>
           <t>Tutorial App: Section Wizard &amp; Section Tab 
         Section Wizard App v6 
 Demonstration app on the usage of Section Wizard and Section Tab form element plugins.
 686</t>
         </is>
       </c>
     </row>
-    <row r="79">
-      <c r="A79" t="inlineStr">
+    <row r="76">
+      <c r="A76" t="inlineStr">
         <is>
           <t>Tutorial App: Task Sequencer 
         Task Sequencer Process Tool Plugin &amp; AppSample app demonstrating the use of the Task Sequencer process tool plugin.
-450</t>
-[...4 lines deleted...]
-      <c r="A80" t="inlineStr">
+457</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
         <is>
           <t>Tutorial App: Tree Menu 
         Tree Menu App&gt;Userview menu plugin to dynamically draw a tree menu in the side menu based on database records
-370</t>
+372</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>