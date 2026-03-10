--- v1 (2026-01-07)
+++ v2 (2026-03-10)
@@ -67,785 +67,857 @@
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFill="true" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:A77"/>
+  <dimension ref="A1:A85"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="189.9375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>AppName</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Asset Management and Tracking App for DX 8 
          Asset Management and Tracking App for DX 8 
 A simple asset management and tracking web application.
-335</t>
+359</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Account Creation App 
         Account Creation App 
 Check out this Account Creation App if you need your users to sign-up.
-1632</t>
+1649</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Advanced JSON Data List Binder Demo App 
         Advanced JSON Data List Binder Demo AppDemo App to showcase the Advanced JSON Data List Binder Plugin.
-132</t>
+133</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>AI Complaints Management App 
         AI Complaints Management AppThe AI Complaints Management App helps Complaint Managers and their teams efficiently manage customer-submitted complaints.
-17</t>
+26</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Approve Via Email 
         Approve Via Email for v6 
 Demonstration app to approve workflow activities via email replies (Email Polling).
-2233</t>
+2252</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Audit Management Module 
         Audit Management ModuleYou can manage the internal audit which must be conducted at intervals determined within the scope of ISO Standards through this Audit Management Module. 
 19</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
+          <t>Bill of Materials App 
+        Bill of Materials AppEliminate disconnected bill of materials spreadsheets and bring your BOM process into one unified system. 
+7</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
           <t>Book Catalog 
         Book Catalog 
 Use the Book Catalog app to manage your books and audiobooks library.
-551</t>
-[...4 lines deleted...]
-      <c r="A9" t="inlineStr">
+553</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
         <is>
           <t>Club Management 
         Club Management 
 A basic app that allows users to manage club memberships.
-611</t>
-[...4 lines deleted...]
-      <c r="A10" t="inlineStr">
+615</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>Construction Management App 
+        Construction Management AppDeliver construction projects with clarity, control, and complete visibility.
+6</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
         <is>
           <t>Country List 
         Country List App 
 Utility app that allows you to setup and manage a list of countries in a select box.
-460</t>
-[...4 lines deleted...]
-      <c r="A11" t="inlineStr">
+463</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
         <is>
           <t>Data Trail Demo App 
         Data Trail Demo App 
 This is a demo app for JSON to Table Formatter and Form Store Binder Audit Trail Plugin.
-168</t>
-[...4 lines deleted...]
-      <c r="A12" t="inlineStr">
+170</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
         <is>
           <t>DB Schema App 
         DB Schema AppThe DB Schema App is designed to help users efficiently analyze and compare database structures across different environments.
-96</t>
-[...4 lines deleted...]
-      <c r="A13" t="inlineStr">
+102</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
         <is>
           <t>DISINI Driver Management App 
         DISINI Driver Management AppEnterprises will be able to use the application to manage their employed drivers and start the drivers dispatching process.
-218</t>
-[...4 lines deleted...]
-      <c r="A14" t="inlineStr">
+220</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
         <is>
           <t>DISINI Vehicle Booking &amp; Incident Reporting App 
         DISINI Vehicle Booking &amp; Incident Reporting AppUsers will be able to use the application to book vehicles and report incidents related to the vehicle.
-233</t>
-[...4 lines deleted...]
-      <c r="A15" t="inlineStr">
+235</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
         <is>
           <t>DISINI Vehicle Inspection &amp; Insurance App 
         DISINI Vehicle Inspection &amp; Insurance AppEnterprises will be able to use the application to manage their fleet of vehicles, track insurance policies expiry and conduct vehicle inspections.
-139</t>
-[...4 lines deleted...]
-      <c r="A16" t="inlineStr">
+141</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
         <is>
           <t>EMAS eKYC App 
         EMAS eKYC app to verify identity during customer on-boarding.
-290</t>
-[...4 lines deleted...]
-      <c r="A17" t="inlineStr">
+291</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
         <is>
           <t>EMAS OkayFace Approval App 
         EMAS OkayFace Approval app to approve documents using AI-based facial biometric authentication.
-399</t>
-[...4 lines deleted...]
-      <c r="A18" t="inlineStr">
+402</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
         <is>
           <t>Employee Loan Management 
         Create, track, and manage your employee's loan applications.
-638</t>
-[...4 lines deleted...]
-      <c r="A19" t="inlineStr">
+642</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
         <is>
           <t>Employee Services Portal 
         Employee Services Portal 
 A portal for Employee Self Service in an organization.
-1771</t>
-[...4 lines deleted...]
-      <c r="A20" t="inlineStr">
+1790</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
         <is>
           <t>Employee Temperature Tracking App 
         Employee Temperature Tracking app to record daily temperature readings of the employees.
 337</t>
         </is>
       </c>
     </row>
-    <row r="21">
-      <c r="A21" t="inlineStr">
+    <row r="23">
+      <c r="A23" t="inlineStr">
         <is>
           <t>Enhanced Task Delegation 
         Enhanced Task DelegationA template app that integrates with the Joget Task Delegation form.
-677</t>
-[...4 lines deleted...]
-      <c r="A22" t="inlineStr">
+681</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
         <is>
           <t>Expenses Claims App for DX 8 
         Expenses Claims App for DX 8 
 The Expenses Claim app was designed for employees to submit and head of departments (HOD) to approve expense claims online.
-230</t>
-[...4 lines deleted...]
-      <c r="A23" t="inlineStr">
+255</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
         <is>
           <t>Google Maps App 
         Google Maps App 
 Demonstrates how to integrate Joget with Google Maps.
-1029</t>
-[...4 lines deleted...]
-      <c r="A24" t="inlineStr">
+1030</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
         <is>
           <t>Insurance Management 
         Insurance Management 
 Administrators can manage and track their corporate insurance policies and insurance brokers.
-394</t>
-[...4 lines deleted...]
-      <c r="A25" t="inlineStr">
+397</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
         <is>
           <t>Internal Service Request (DX) 
         Internal Service Request (DX)App that enables users to make and manage inter-departmental service requests
-978</t>
-[...4 lines deleted...]
-      <c r="A26" t="inlineStr">
+1006</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
         <is>
           <t>ISIC List 
         ISIC List App 
 Utility app to set up and manage the UN list of national activities code and descriptors.
-353</t>
-[...4 lines deleted...]
-      <c r="A27" t="inlineStr">
+360</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
         <is>
           <t>Job Recruitment Management 
         Job Recruitment Management 
 Easily manage a job recruitment website for your organization on Joget.
-657</t>
-[...4 lines deleted...]
-      <c r="A28" t="inlineStr">
+660</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
         <is>
           <t>Joget User Mgnt Utility v6 &amp; DX 
         Joget User Management UtilityEasily add and manage Joget user accounts, departments, grades, groups, and organization.
-2376</t>
-[...4 lines deleted...]
-      <c r="A29" t="inlineStr">
+2402</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
         <is>
           <t>Loan Calculator 
         Loan Calculator AppA free example app for a loan calculator using Joget.
-451</t>
-[...4 lines deleted...]
-      <c r="A30" t="inlineStr">
+455</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
         <is>
           <t>Manufacturing Production and Planning App 
         Manufacturing Production and Planning AppSeamlessly transform your production workflows into instrumented digitalized processes that connect operator, machine, resource coordination and QAQC assurance into a single ecosystem.
-442</t>
-[...4 lines deleted...]
-      <c r="A31" t="inlineStr">
+449</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
         <is>
           <t>Medical Reimbursement 
         A quick and easy Medical Reimbursement app on Joget with one approval cycle.
-395</t>
-[...4 lines deleted...]
-      <c r="A32" t="inlineStr">
+403</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
         <is>
           <t>Meeting Room Booking App for DX 
 Meeting Room Booking App for DX 
 Book and track your organization meeting rooms with this app.
-970</t>
-[...4 lines deleted...]
-      <c r="A33" t="inlineStr">
+984</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
         <is>
           <t>Messaging App 
         Messaging AppA Simple Messaging App where you can easily chat with Joget users within your organization.
-930</t>
-[...4 lines deleted...]
-      <c r="A34" t="inlineStr">
+937</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
         <is>
           <t>NAICS List 
         NAICS List App 
 Utility app to set up and manage the North American Industry Classification System List.
 79</t>
         </is>
       </c>
     </row>
-    <row r="35">
-      <c r="A35" t="inlineStr">
+    <row r="37">
+      <c r="A37" t="inlineStr">
         <is>
           <t>Newsletter Management 
         Newsletter Management 
 Manage your electronic newsletters on Joget. The public can subscribe to receive newsletters.
 212</t>
         </is>
       </c>
     </row>
-    <row r="36">
-      <c r="A36" t="inlineStr">
+    <row r="38">
+      <c r="A38" t="inlineStr">
         <is>
           <t>On-Site Management App 
         On-Site ManagementOn-Site Management app to ensure every project works according to plan and minimize project delays.
 361</t>
         </is>
       </c>
     </row>
-    <row r="37">
-      <c r="A37" t="inlineStr">
+    <row r="39">
+      <c r="A39" t="inlineStr">
         <is>
           <t>Partner Opportunity Locking 
         Star Rating Plugin 
 Create, track, and manage your Partner Opportunities Locking with this app on Joget.
-178</t>
-[...4 lines deleted...]
-      <c r="A38" t="inlineStr">
+179</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
         <is>
           <t>Personal Expense Tracker App 
         Personal Expense Tracker App 
 Track personal finance which does not require approval and steps for expenses.
-121</t>
-[...4 lines deleted...]
-      <c r="A39" t="inlineStr">
+128</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
         <is>
           <t>Process Monitoring Utility (MS-SQL) 
         Process Monitoring Utility For MS-SQL 
 Administrator utility to manage workflow processes via a front end userview.
-236</t>
-[...4 lines deleted...]
-      <c r="A40" t="inlineStr">
+243</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
         <is>
           <t>Process Monitoring Utility (MySQL) 
         Process Monitoring Utility 
 Administrator utility to manage workflow processes via a front end userview.
-804</t>
-[...4 lines deleted...]
-      <c r="A41" t="inlineStr">
+825</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
         <is>
           <t>Process Version Migrator Utility 
         Process Version Migrator 
 A utility app to change your apps running processes to a newer version.
-271</t>
-[...4 lines deleted...]
-      <c r="A42" t="inlineStr">
+277</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
         <is>
           <t>Purchase Requisition App for DX8 
         Purchase Requisition App for DX8A simple purchase requisition app for employees to submit purchase requisitions for management approval.
-244</t>
-[...4 lines deleted...]
-      <c r="A43" t="inlineStr">
+254</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
         <is>
           <t>Queue Safely App 
         Allows businesses to enable their customers to queue digitally and safely while they wait to be served.
-273</t>
-[...4 lines deleted...]
-      <c r="A44" t="inlineStr">
+277</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>RFQ Management App 
+        RFQ Management AppStreamline procurement from request to award faster, smarter, and fully traceable.
+14</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>Sales Management App 
+        Sales Management AppSales Management App streamlines your entire sales operation from initial customer contact through order fulfillment.
+18</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
         <is>
           <t>Self-registration App 
         Self-registration App 
 With this user-friendly Self-Registration App, anonymous users can easily register as Joget users.
-341</t>
-[...4 lines deleted...]
-      <c r="A45" t="inlineStr">
+344</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>Service Desk App 
+        Service Desk AppService Desk application powered by DX 9 Theme Builder — Neon Ops dark-themed case management platform
+17</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
         <is>
           <t>SigningDoc App 
         SigningDoc 
 Request electronic signatures for everyone and every enterprises.
-748</t>
-[...4 lines deleted...]
-      <c r="A46" t="inlineStr">
+780</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
         <is>
           <t>Simple CRM 
         Simple CRM 
 Helps your business communicate with prospects, share sales information, and close deals.
-1221</t>
-[...4 lines deleted...]
-      <c r="A47" t="inlineStr">
+1229</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
         <is>
           <t>Simple Document Repository 
         Document sharing and storage made simple.
-2530</t>
-[...4 lines deleted...]
-      <c r="A48" t="inlineStr">
+2539</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
         <is>
           <t>Simple Employee Management 
         Simple Employee Management 
 Create, track, and manage your company's human resource records on Joget.
-1082</t>
-[...4 lines deleted...]
-      <c r="A49" t="inlineStr">
+1088</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
         <is>
           <t>Simple FAQ  
         Simple FAQ 
 App to create and manage your site's Frequently Asked Questions (FAQ).
-270</t>
-[...4 lines deleted...]
-      <c r="A50" t="inlineStr">
+273</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
         <is>
           <t>Simple Inventory Tracking 
         Simple Inventory Tracking 
 Control and track your office stationeries, consumables, and computer equipment on Joget.
-964</t>
-[...4 lines deleted...]
-      <c r="A51" t="inlineStr">
+970</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
         <is>
           <t>Simple Invoicing 
         Simple Invoicing 
 Create, track, and manage your company's invoices in 4 easy steps.
-1093</t>
-[...4 lines deleted...]
-      <c r="A52" t="inlineStr">
+1096</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
         <is>
           <t>Simple Payroll 
         Simple Payroll 
 Create, track, and manage your organization's payroll on Joget.
-541</t>
-[...4 lines deleted...]
-      <c r="A53" t="inlineStr">
+542</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
         <is>
           <t>Simple Purchasing 
         Simple Purchasing 
 Create, track, and manage your company purchase orders on Joget.
-799</t>
-[...4 lines deleted...]
-      <c r="A54" t="inlineStr">
+803</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
         <is>
           <t>Simple Quotation 
         Simple Quotation 
 Create, track, and manage your company's quotations in 4 easy steps.
 813</t>
         </is>
       </c>
     </row>
-    <row r="55">
-      <c r="A55" t="inlineStr">
+    <row r="60">
+      <c r="A60" t="inlineStr">
         <is>
           <t>Simple Visitor Management 
         Simple Visitor ManagementFree and simple app to track incoming business visitors to your organization.
-498</t>
-[...4 lines deleted...]
-      <c r="A56" t="inlineStr">
+499</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
         <is>
           <t>Simple Warranty 
         Simple Warranty 
 Create, track, and manage your product's warranty registrations on Joget.
 200</t>
         </is>
       </c>
     </row>
-    <row r="57">
-      <c r="A57" t="inlineStr">
+    <row r="62">
+      <c r="A62" t="inlineStr">
+        <is>
+          <t>Site Inspector App 
+        Site Inspector AppSite Inspector App enables teams to manage companies, sites, inspectors, inspection types, and compliance records within one cohesive interface.
+3</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
+        <is>
+          <t>Smart Lesson Activity Generator App 
+        Smart Lesson Activity Generator AppA smart, AI-powered education tool that helps teachers design engaging, classroom-ready lesson activities quickly and efficiently.
+10</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
         <is>
           <t>Stationery Request 
         Stationery Request App 
 A quick and easy Stationery Request App on Joget with one approval cycle.
-492</t>
-[...4 lines deleted...]
-      <c r="A58" t="inlineStr">
+494</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
         <is>
           <t>Student Temperature Tracking App 
         Student Temperature Tracking App for schools to assign student QR code and take daily body temperature readings.
-369</t>
-[...4 lines deleted...]
-      <c r="A59" t="inlineStr">
+372</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
         <is>
           <t>Supply Chain - Accounts Payable App 
         Supply Chain - Accounts Payable AppSupply Chain - Accounts Payable App automate invoice processing with AI-powered extraction and PO matching.
-14</t>
-[...4 lines deleted...]
-      <c r="A60" t="inlineStr">
+28</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
         <is>
           <t>Task Management and Tracking App 
         Task Management and Tracking AppTask Management and Tracking App (TMT) to virtually monitor task progress and track the amount of time spent on each task.
-1594</t>
-[...4 lines deleted...]
-      <c r="A61" t="inlineStr">
+1615</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
         <is>
           <t>Timesheet Tracker App 
          Timesheet Tracker App 
 Timesheet Tracker app provides a comprehensive solution for efficient time management and project tracking.
-261</t>
-[...4 lines deleted...]
-      <c r="A62" t="inlineStr">
+270</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
         <is>
           <t>Training Evaluation 
         Training Evaluation App 
 Track feedback on your classroom training on Joget.
-661</t>
-[...4 lines deleted...]
-      <c r="A63" t="inlineStr">
+668</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
         <is>
           <t>Travel Advisory Tracking App 
         Travel Advisory Tracking 
 Travel Advisory Tracking app to track all visitors to your organization
 268</t>
         </is>
       </c>
     </row>
-    <row r="64">
-      <c r="A64" t="inlineStr">
+    <row r="71">
+      <c r="A71" t="inlineStr">
         <is>
           <t>Travel Request 
         Travel Request 
 Users can submit a Travel Request form and route to a designated approver.
-1066</t>
-[...4 lines deleted...]
-      <c r="A65" t="inlineStr">
+1068</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
         <is>
           <t>Tutorial App: AJAX Selectbox 
         AJAX Selectbox App DX 
 Demonstration app on the usage of the AJAX Selectbox form element plugin.
-497</t>
-[...4 lines deleted...]
-      <c r="A66" t="inlineStr">
+499</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
         <is>
           <t>Tutorial App: Candlestick Charting 
         Candlestick Charting 
 Easily generate a Candlestick Chart on Joget.
 282</t>
         </is>
       </c>
     </row>
-    <row r="67">
-      <c r="A67" t="inlineStr">
+    <row r="74">
+      <c r="A74" t="inlineStr">
         <is>
           <t>Tutorial App: Customize Theme Colors 
         Tutorial App: Customize Theme ColorsA tutorial app with three examples on how you can customize the v5 userview theme colors.
 418</t>
         </is>
       </c>
     </row>
-    <row r="68">
-      <c r="A68" t="inlineStr">
+    <row r="75">
+      <c r="A75" t="inlineStr">
         <is>
           <t>Tutorial App: Datalist 
         Tutorial App: DatalistTutorial app that showcases the many techniques of displaying records in a Joget datalist on Joget.
-747</t>
-[...4 lines deleted...]
-      <c r="A69" t="inlineStr">
+748</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
         <is>
           <t>Tutorial App: Gantt Chart  
         Gantt Chart App 
 Sample app to demonstrate the use of the Joget Gantt Chart userview menu plugin.
-576</t>
-[...4 lines deleted...]
-      <c r="A70" t="inlineStr">
+579</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
         <is>
           <t>Tutorial App: Grid 
         Tutorial App: Grid 
 This is a tutorial app that showcases the various types of Grids (Form Grid, Advanced Grid, List Grid, and Grid) in Joget forms.
-822</t>
-[...4 lines deleted...]
-      <c r="A71" t="inlineStr">
+824</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
         <is>
           <t>Tutorial App: Hash Variable 
         Tutorial App: Hash VariableTutorial app that showcases the techniques of using hash variables on Joget v5 Enterprise.
-531</t>
-[...4 lines deleted...]
-      <c r="A72" t="inlineStr">
+533</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
         <is>
           <t>Tutorial App: Joget Charts 
         Tutorial App: Joget ChartsTutorial app that showcases the various types of graphic charts available in Joget.
 815</t>
         </is>
       </c>
     </row>
-    <row r="73">
-      <c r="A73" t="inlineStr">
+    <row r="80">
+      <c r="A80" t="inlineStr">
         <is>
           <t>Tutorial App: JSON Form Options Binder 
         JSON Form Options Tutorial AppA free app demonstrating the use of the JSON Form Options Binder plugin to populate some form elements.
 602</t>
         </is>
       </c>
     </row>
-    <row r="74">
-      <c r="A74" t="inlineStr">
+    <row r="81">
+      <c r="A81" t="inlineStr">
         <is>
           <t>Tutorial App: Process Deadlines 
 Tutorial App: Process Deadlines 
 Tutorial app to demonstrate the use of process deadlines in Joget.
-826</t>
-[...4 lines deleted...]
-      <c r="A75" t="inlineStr">
+835</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
         <is>
           <t>Tutorial App: Section Wizard &amp; Section Tab 
         Section Wizard App v6 
 Demonstration app on the usage of Section Wizard and Section Tab form element plugins.
-686</t>
-[...4 lines deleted...]
-      <c r="A76" t="inlineStr">
+690</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
         <is>
           <t>Tutorial App: Task Sequencer 
         Task Sequencer Process Tool Plugin &amp; AppSample app demonstrating the use of the Task Sequencer process tool plugin.
-457</t>
-[...4 lines deleted...]
-      <c r="A77" t="inlineStr">
+459</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
         <is>
           <t>Tutorial App: Tree Menu 
         Tree Menu App&gt;Userview menu plugin to dynamically draw a tree menu in the side menu based on database records
-372</t>
+379</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
+        <is>
+          <t>Visitor Management App 
+        Visitor Management AppVisitor Management App track your visitors and know who enters your building.
+17</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>