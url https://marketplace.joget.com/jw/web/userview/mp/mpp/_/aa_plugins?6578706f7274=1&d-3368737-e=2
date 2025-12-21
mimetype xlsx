--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -67,1483 +67,1501 @@
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFill="true" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:A156"/>
+  <dimension ref="A1:A158"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="174.19140625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>AppName</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Advanced JSON Data List Binder Plugin 
         Advanced JSON Data List Binder PluginThe Advanced JSON Data List Binder Plugin  
 easily specify dynamic query parameters in your reqeust.
-242</t>
+264</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Aggregate Datalist Binder Plugin 
         Aggregate Datalist Binder Plugin 
 A datalist binder to generate an aggregated dataset from your selected form.
-973</t>
+981</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>AI Form Fill Element 
         AI Form Fill Element PluginThe AI Form Fill Element plugin is a tool designed to generate and populate data for form elements automatically.
-423</t>
+470</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>AJAX Select Box Plugin 
         AJAX Select BoxA select box using AJAX and a datalist to retrieve its options.
-1433</t>
+1475</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Angle Theme DX 
         Angle Theme DX 
 New Joget DX Userview theme plugin called Angle Theme.
-608</t>
+626</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Apache Superset Userview Menu Plugin 
         Apache Superset Userview Menu pluginApache Superset Userview Menu plugin allows user to integrate Apache Superset Dashboards into Joget DX.
-87</t>
+93</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>API Builder Addon For DX 
         API Builder Addon For DXA no-code/low-code solution to create customized JSON APIs for Joget apps.
-4380</t>
+4538</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>API Connector Builder Plugin 
         Open Slider List FormatterAPI Connector Builder Plugin is a builder to create reusable API connectors based on OAS document.
-63</t>
+106</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Apps Backup Tool Plugin 
         The Apps Backup Tool Plugin facilitates comprehensive app backups, including app data, plugins and user groups.
-85</t>
+88</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Autocomplete Text Field Form Element Plugin 
         A text field with the added ability to AJAX load options based on matching keywords.
-662</t>
+719</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Beanshell API Element 
         Beanshell API ElementThe Bean Shell API Element allows you to create arbitrary endpoints in API Builder that execute Bean Shell scripts.
-37</t>
+72</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Beanshell Datalist Formatter Plugin 
         Beanshell Datalist Formatter PluginExert full control via bean shell on a datalist column's display format with this plugin..
-774</t>
+793</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Bootstrap Steps Display Plugin 
         Bootstrap Steps DisplayThis form element is used to display status in steps with 2 presentation styles.
-406</t>
+452</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>BPMN to XPDL Conversion Plugin 
         BPMN to XPDL Conversion PluginThe BPMN to XPDL Conversion Plugin is used to convert BPMN xml to XPDL xml format to be uploaded to Joget Process Builder.
-43</t>
+54</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Bulk Assignment Datalist Action Plugin 
         Plugin to submit many process assignments
-378</t>
+385</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Card Viewer Datalist Formatter Plugin 
         Plugin to display datalist records in a form of cards.
-530</t>
+535</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>CharLimiter Datalist Formatter Plugin 
         CharLimiter Datalist Formatter PluginThe CharLimiter Datalist Formatter plugin allows users to configure the number of characters displayed in a list.
-24</t>
+26</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>ChartJs Userview Menu Plugin 
         The ChartJs Menu plugin is a new easy-to-use charting userview menu plugin for Joget DX.
-170</t>
+189</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>ChatGPT Assistant Plugin 
         Writing Assistant PluginChatGPT Assistant Plugin is a userview menu plugin to integrate ChatGPT into Joget.
-500</t>
+513</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Classic HTML Userview Menu 
         Classic HTML Userview MenuPlugin to add HTML scripts in userview menu.
-533</t>
+558</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Click To Reveal Datalist Formatter Plugin 
         Click To Reveal Datalist Formatter PluginClick To Reveal Datalist Formatter plugin allows users to hide content in a list and displays a clickable element to reveal the contents.
-26</t>
+29</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Code Snippet Builder Plugin 
         Code Snippet Builder PluginCode Snippet Builder Plugin is a builder to create code snippets to be used in other elements.
-436</t>
+467</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Color Admin Theme DX 
         Color Admin Theme DX 
 New Joget DX Userview theme plugin called Color Admin Theme.
-720</t>
+736</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Color Datalist Formatter Plugin 
         Color Datalist Formatter PluginDatalist formatter to display color based on hex color codes
-459</t>
+467</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Color Picker Plugin 
         Color PickerForm element for users to pick a color from a palette.
-471</t>
+480</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Column Template Formatter 
         Column Template FormatterThe Column Template Formatter transforms a normal tabular datalist row into a user-defined template.
-9</t>
+17</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Condition Participant Plugin 
         Condition Participant PluginPlugin allows you to add Javascript rules when assigning participants in a process swimlane.
-330</t>
+338</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Conditional Multi Formatters Plugin 
         Conditional Multi Formatters PluginConditional Multi Formatters Plugin is a datalist formatter plugin which executes selected formatter(s) based on condition.
-84</t>
+91</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Conditional Multi Process Tool Plugin 
         This plugin allows a maximum of 5 process tool plugins to be executed when their respective conditions are met.
-443</t>
+471</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Copy File Tool Plugin 
         Copy File Tool PluginCopy File Tool Plugin facilitates integration by reading a flat file from the local file system and copying it into Joget for further processing.
-44</t>
+47</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Data Versioning Plugin 
         Data Versioning PluginThe Data Versioning Plugin is designed to facilitate form data versioning, allowing users to manage and track different versions of their form data.
-43</t>
+46</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Datalist Color Box Formatter 
         Datalist Color Box Formatter PluginDatalist Color Box Formatter allows users to create colored text box in a list.
-104</t>
+107</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Datalist Hash Variable Plugin v6 
         Datalist Hash Variable Plugin v6Use this plugin to easily display grid-style information in Joget.
-300</t>
+306</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Datalist Number Formatter Plugin 
         Datalist Number Formatter PluginDatalist Number Formatter is a datalist formatter that transform numerical values similar to Text Field's Number Formatting.
-126</t>
+141</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Date And Time Duplicate Validator Plugin 
         Form validator plugin to check for conflict in date and time fields.
-280</t>
+295</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Date Formatter Hash Variable Plugin 
         Date Formatter Hash Variable PluginUse this hash variable plugin to convert date values from one date format to another.
-416</t>
+421</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Date Timezone Datalist Formatter 
         Date Timezone Datalist FormatterDate Timezone Formatter convert date time (server) to different timezone (user profile's timezone).
-14</t>
+16</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Document Generation Datalist Action Plugin 
         Document Generation Datalist Action PluginThe Document Generation Datalist Action is a plugin that exports form data to a Word document based on a specific template.
-101</t>
+113</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Download PDF Datalist Action Plugin 
         Download PDF Datalist Action Plugin 
 Plugin to print form record(s) to PDF, without opening the form.
-1978</t>
+2001</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Duplicate Data Plugin 
         Duplicate Data PluginUse this form element plugin to easily clone an existing record.
-587</t>
+604</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Dynamic List Report Element 
         Dynamic List Report ElementThe Dynamic List Report Element Plugin is used to generate dynamic list without creating multiple reports.
-21</t>
+29</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Dynamic Options Select Box Plugin 
         Dynamic Options Select Box PluginThe Dynamic Options Select Box is a select box that retrieves existing options and enables users to create a new record using an existing form.
-108</t>
+121</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>eChart Userview Plugin DX 
         eChart plugin is a new easy-to-use charting userview menu plugin for Joget DX.
-1240</t>
+1287</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Email Tool with Template Plugin 
         Email Tool with Template PluginEmail Tool with Template Plugin sends an email message to the targeted recipient(s), with the ability to use a common body template via hash variable.
-103</t>
+108</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Email With Process Audit Trail PDF Plugin 
         Email With Process Audit Trail PDF 
 Plugin to send an email to the designated recipient(s) on completion of a workflow assignment.
-687</t>
+691</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Email With Template Plugin 
         Email With Template Plugin 
 Use this plugin to auto include a static header and footer HTML to a workflow email message.
-816</t>
+819</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Emote Form Element Plugin 
         Emote Form ElementEmote Form Element plugin allows users to react to submitted forms using emotes.
 29</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Enhanced Color Picker 
         Enhanced Color PickerEnhanced Color Picker offers additional features and functionalities to improve the user experience and provide more advanced color selection capabilities.
-28</t>
+32</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Enhanced Email Tool Plugin 
         Enhanced Email Tool PluginThe Enhanced Email Tool Plugin extends the existing functionality of the email tool with the additional ability to debug.
-50</t>
+52</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Enhanced JSON API Plugin 
         Enhanced JSON API PluginThe Enhanced JSON API Plugin includes additional features such as support for system proxy settings, API tokens, customizable socket timeout retries.
-95</t>
+112</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Enhanced Load Balanced Participant Plugin 
         Enhanced Load Balanced ParticipantUse this plugin to automatically assign tasks to a user within selected parameters that has the least number of total assignments.
-280</t>
+284</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
+        <is>
+          <t>Enhanced Soap Tool Plugin 
+        Enhanced Soap Tool PluginThis Enhanced SOAP Tool allows user to save the request and response payload of a call to webservice for integration purpose.
+0</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
         <is>
           <t>Enhanced Theme Plugin 
         Enhanced Theme 
 Enhanced Theme with auto collapse/expand side menu.
-693</t>
-[...4 lines deleted...]
-      <c r="A54" t="inlineStr">
+701</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
         <is>
           <t>Essence Theme Plugin 
         Essence Theme is a responsive Bootstrap-based UI framework designed specifically for creating modern web applications.
-341</t>
-[...4 lines deleted...]
-      <c r="A55" t="inlineStr">
+363</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
         <is>
           <t>Export CSV or Excel Plugin 
         Export CSV or Excel PluginDownload CSV or Excel Plugin allows one to export list records to Excel or CSV with the option to customize header and footer.
-253</t>
-[...4 lines deleted...]
-      <c r="A56" t="inlineStr">
+290</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
         <is>
           <t>File Add Image Tool 
         File Add Image ToolThe File Add Image Tool plugin is used to add uploaded images on every page of an uploaded PDF File or image file (.png, .jpg, and .jpeg only).
-90</t>
-[...4 lines deleted...]
-      <c r="A57" t="inlineStr">
+92</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
         <is>
           <t>File Link Datalist Formatter Plugin 
         File Link Datalist Formatter Plugin 
 Plugin to display a file upload field column as a download link in datalist.
-1768</t>
-[...4 lines deleted...]
-      <c r="A58" t="inlineStr">
+1836</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
         <is>
           <t>File Type Validator Plugin 
         Export CSV or Excel PluginThe File Type Validator plugin validates uploaded files based on the configured list of allowed file types and their associated MIME types.
-55</t>
-[...4 lines deleted...]
-      <c r="A59" t="inlineStr">
+60</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
         <is>
           <t>Form File Manager Plugin 
         Form File Manager PluginA userview menu plugin to manage all your form file attachments in Joget.
-1048</t>
-[...4 lines deleted...]
-      <c r="A60" t="inlineStr">
+1056</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
         <is>
           <t>Form Files Zip Element Plugin 
         The Form Files Zip Element plugin is used to zip all the documents in all or selected file/image upload fields in current form.
-45</t>
-[...4 lines deleted...]
-      <c r="A61" t="inlineStr">
+46</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
         <is>
           <t>Form Record Locking Form Element 
         Form Record Locking is a form element that allows users to lock a record from being edited.
-136</t>
-[...4 lines deleted...]
-      <c r="A62" t="inlineStr">
+140</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
         <is>
           <t>Form Store Binder Audit Trail Plugin 
         Form Store Binder Audit Trail PluginForm Store Binder Audit Trail Plugin would allow users to store data that have been modified as audit trail data.
-215</t>
-[...4 lines deleted...]
-      <c r="A63" t="inlineStr">
+243</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
         <is>
           <t>Form Update Process Tool Datalist Action 
         Form Update Process Tool Datalist Action allows one to perform form data update, trigger process tool, trigger datalist action.
-503</t>
-[...4 lines deleted...]
-      <c r="A64" t="inlineStr">
+562</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
         <is>
           <t>Format Form API Response (GET) Plugin 
         Format Form API Response (GET) PluginFormat Form API Response (GET) plugin helps to address a critical limitation in the default GET API endpoint.
-22</t>
-[...4 lines deleted...]
-      <c r="A65" t="inlineStr">
+30</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
         <is>
           <t>Format List API Response (GET) Plugin 
         Format List API Response (GET) PluginFormat List API Response (GET) plugin enhances the Joget GET List API by automatically formatting stringified JSON fields into valid JSON objects or arrays.
-18</t>
-[...4 lines deleted...]
-      <c r="A66" t="inlineStr">
+26</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
         <is>
           <t>Format Number Hash Plugin 
         Format Number Hash PluginFormat Number Hash Plugin is a hash variable type plugin which allows to format numbers.
-85</t>
-[...4 lines deleted...]
-      <c r="A67" t="inlineStr">
+96</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
         <is>
           <t>Full Text Search Filter Plugin 
         Full Text Search Datalist Plugin 
 Use this datalist filter plugin to perform a Full Text Search across multiple columns in a list.
-1393</t>
-[...4 lines deleted...]
-      <c r="A68" t="inlineStr">
+1441</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
         <is>
           <t>Gantt Chart Plugin 
         Gantt Chart Plugin 
 Plugin to display a Gantt Chart in userview menu.
-699</t>
-[...4 lines deleted...]
-      <c r="A69" t="inlineStr">
+705</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
         <is>
           <t>Generate Zip File Process Tool Plugin 
         Copy File Tool PluginGenerate Zip File Process Tool plugin allows users to zip all files residing in a file upload form field of the selected form.
 22</t>
         </is>
       </c>
     </row>
-    <row r="70">
-      <c r="A70" t="inlineStr">
+    <row r="71">
+      <c r="A71" t="inlineStr">
         <is>
           <t>Google API Integration 
         Google API IntegrationThe Google API Integration plugin uses REST API to communicate to Google.
-66</t>
-[...4 lines deleted...]
-      <c r="A71" t="inlineStr">
+80</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
         <is>
           <t>Grid Search Filter Element 
         Grid Search Filter ElementThe Grid Search Filter Element is used to filter records within grid columns based on the desired column.
-26</t>
-[...4 lines deleted...]
-      <c r="A72" t="inlineStr">
+32</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
         <is>
           <t>Hijri Date Picker Plugin 
         AJAX Select BoxA form element which allows to select/pick date in Hijri format.
-108</t>
-[...4 lines deleted...]
-      <c r="A73" t="inlineStr">
+115</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
         <is>
           <t>Hyperlink Options Filter Plugin 
         Hyperlink Options Filter 
 Plugins to display the field value and total count based on your selected field in the datalist filter.
-609</t>
-[...4 lines deleted...]
-      <c r="A74" t="inlineStr">
+623</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
         <is>
           <t>If Empty Hash Plugin 
         Format Number Hash PluginIf Empty Hash is used to show alternative message in the case of unparsed hash variable.
-42</t>
-[...4 lines deleted...]
-      <c r="A75" t="inlineStr">
+43</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
         <is>
           <t>Image Datalist Formatter Plugin 
         Image Datalist FormatterDatalist formatter to display images from image file paths.
-659</t>
-[...4 lines deleted...]
-      <c r="A76" t="inlineStr">
+675</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
         <is>
           <t>Invisible Recaptcha Form Element Plugin 
 Invisible Recaptcha Form Element 
 This is a form element that provides Google reCAPTCHA validation as Joget form element.
-69</t>
-[...4 lines deleted...]
-      <c r="A77" t="inlineStr">
+70</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
         <is>
           <t>Iterator Process Tool Plugin 
 Iterator Process Tool 
 This is a process tool plugin to allow one to iterate through records/assignments to execute process tool plugin.
-395</t>
-[...4 lines deleted...]
-      <c r="A78" t="inlineStr">
+445</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
         <is>
           <t>Javascript Condition Formatter Plugin 
         Javascript Condition Formatter PluginControl your datalist column display format using Condition Formatter Datalist Plugin..
-644</t>
-[...4 lines deleted...]
-      <c r="A79" t="inlineStr">
+653</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
         <is>
           <t>JDBC Form Validator Plugin 
         JDBC Form Validator PluginThis plugin allows user to perform validation by writing a SQL query.
-190</t>
-[...4 lines deleted...]
-      <c r="A80" t="inlineStr">
+211</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
         <is>
           <t>Joget AI Agent Builder 
         Joget AI Agent BuilderThe Joget AI Agent Builder is a no-code/low-code tool that lets you build intelligent agents using a simple drag-and-drop interface.
-278</t>
-[...4 lines deleted...]
-      <c r="A81" t="inlineStr">
+402</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
         <is>
           <t>Joget AI Designer 
         Joget AI DesignerJoget AI Designer adds a new option under the Design New App page to assist with app creation using a Generative AI language model.
-2160</t>
-[...4 lines deleted...]
-      <c r="A82" t="inlineStr">
+2304</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
         <is>
           <t>JSON API Validator Plugin 
         JSON API Validator PluginThe JSON API Validator plugin validates the input based on API Call by comparing the API Call result and expected result.
-106</t>
-[...4 lines deleted...]
-      <c r="A83" t="inlineStr">
+112</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
         <is>
           <t>JSON Form Options Binder Plugin 
         JSON Form Options PluginA form options binder plugin to GET JSON data to populate select box form elements.
-1300</t>
-[...4 lines deleted...]
-      <c r="A84" t="inlineStr">
+1308</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
         <is>
           <t>JSON To Table Formatter Plugin 
         JSON To Table Formatter PluginJSON To Table Formatter Plugin turns JSON data into a formatted table.
-237</t>
-[...4 lines deleted...]
-      <c r="A85" t="inlineStr">
+275</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
         <is>
           <t>Kerberos Directory Manager Plugin 
         A Joget plugin for Single Sign-On (SSO) user authentication to Active Directory.
-886</t>
-[...4 lines deleted...]
-      <c r="A86" t="inlineStr">
+895</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
         <is>
           <t>Lazy Approval Tool 
         Lazy Approval Tool allows lazy assignment approval using URL.
-95</t>
-[...4 lines deleted...]
-      <c r="A87" t="inlineStr">
+99</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
         <is>
           <t>Lazy Load Datalist Template 
         Lazy Load Datalist TemplateLazy Load Datalist Template is a custom template for Datalist Builder designed to enhance performance when working with large datasets.
-0</t>
-[...4 lines deleted...]
-      <c r="A88" t="inlineStr">
+7</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
         <is>
           <t>Liferay Directory Manager Plugin 
         Liferay Directory Manager Plugin 
 Plugin to integrate Joget users with Liferay users.
-336</t>
-[...4 lines deleted...]
-      <c r="A89" t="inlineStr">
+337</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
         <is>
           <t>Like/Dislike Element Plugin 
         Like/Dislike Element PluginThe Like/Dislike Element plugin allows multiple users to like or dislike form content.
-24</t>
-[...4 lines deleted...]
-      <c r="A90" t="inlineStr">
+26</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
         <is>
           <t>Load Balanced Group Participant Plugin 
         Load Balanced Group Participant PluginThis participant plugin will assign tasks to a user in a selected group that has the least number of total assignments.
-229</t>
-[...4 lines deleted...]
-      <c r="A91" t="inlineStr">
+239</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr">
         <is>
           <t>Log Cleaner Plugin 
         Log Cleaner PluginThe Log Cleaner Plugin for Joget helps high-code Joget developers to efficiently manage and clean up log data, optimizing database performance.
-35</t>
-[...4 lines deleted...]
-      <c r="A92" t="inlineStr">
+38</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
         <is>
           <t>Marker Area Form Element 
         Marker Area Form ElementMarker Area Form Element allows users to annotate on images in the runtime.
 10</t>
         </is>
       </c>
     </row>
-    <row r="93">
-      <c r="A93" t="inlineStr">
+    <row r="94">
+      <c r="A94" t="inlineStr">
         <is>
           <t>Mayan EDMS Plugin 
         Mayan EDMS PluginThe Mayan EDMS Plugin facilitates a seamless process for users to upload documents from Joget to Mayan EDMS.
-29</t>
-[...4 lines deleted...]
-      <c r="A94" t="inlineStr">
+32</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
         <is>
           <t>Merge PDF Datalist Action Plugin 
         The Merge PDF Datalist Action plugin is used to merge all uploaded PDF in file upload form element when user clicks on merge button in datalist.
-58</t>
-[...4 lines deleted...]
-      <c r="A95" t="inlineStr">
+70</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
         <is>
           <t>Mobile Push Notification Plugin 
         Mobile Push Notification Plugin 
 Plugin to send notifications to your mobile phone instead of emails, when a user receives a new task.
-887</t>
-[...4 lines deleted...]
-      <c r="A96" t="inlineStr">
+892</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="inlineStr">
         <is>
           <t>MongoDB Binder Plugin 
         MongoDB Binder PluginThe MongoDB Binder plugin facilitates the seamless integration of MongoDB and Joget.
-24</t>
-[...4 lines deleted...]
-      <c r="A97" t="inlineStr">
+25</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr">
         <is>
           <t>Mood Rating Plugin 
         Mood Rating Plugin 
 A form element plugin for users to rate content or sites using smiley emoticons.
-268</t>
-[...4 lines deleted...]
-      <c r="A98" t="inlineStr">
+271</t>
+        </is>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr">
         <is>
           <t>Multi Datalist Formatters Plugin 
         This plugin allows a maximum of 5 datalist formatter plugins to be used together to transform your datalist column values.
-370</t>
-[...4 lines deleted...]
-      <c r="A99" t="inlineStr">
+383</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr">
         <is>
           <t>Multi Dependency Select Box 
         Multi Dependency Select BoxThe Multi Dependency Select Box is just like the regular selectbox form element we currently have, but with the additional capability to filter its options via multiple dependency field(s).
-3</t>
-[...4 lines deleted...]
-      <c r="A100" t="inlineStr">
+7</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr">
         <is>
           <t>Multi Form Validator Plugin 
         This unique form validator plugin allows a maximum of 5 form validator plugins to be configured for a form element.
-182</t>
-[...4 lines deleted...]
-      <c r="A101" t="inlineStr">
+195</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
         <is>
           <t>Multi Permission Plugin 
         Multi Permission PluginThe Multi Permission Plugin allows users to configure multiple permission plugins to be applied to an element.
-21</t>
-[...4 lines deleted...]
-      <c r="A102" t="inlineStr">
+31</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
         <is>
           <t>Multi Store Binders Plugin 
         Multi Store BindersEnable the use of multiple store binders in a form or section.
-641</t>
-[...4 lines deleted...]
-      <c r="A103" t="inlineStr">
+662</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
         <is>
           <t>Multirow Condition Form Binder 
         Multirow Condition Form BinderForm Binder to allow conditional, selective storing and loading of multi-row-enabled form element to store multi-row data in database table.
-964</t>
-[...4 lines deleted...]
-      <c r="A104" t="inlineStr">
+973</t>
+        </is>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="inlineStr">
         <is>
           <t>Not Permission Plugin 
         Not Permission Plugin 
 Permission plugin to reverse the value of the selected permission plugin.
-390</t>
-[...4 lines deleted...]
-      <c r="A105" t="inlineStr">
+395</t>
+        </is>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="inlineStr">
         <is>
           <t>Onsen Mobile Theme Plugin 
         Onsen Mobile Theme PluginOnsen Mobile Theme are built with Onsen UI. It is a powerful framework for building mobile and hybrid applications using HTML, CSS, and JavaScript.
-26</t>
-[...4 lines deleted...]
-      <c r="A106" t="inlineStr">
+52</t>
+        </is>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="inlineStr">
         <is>
           <t>Open Slider List Formatter 
         Open Slider List FormatterOpen Slider List Formatter is a List Formatter that constructs a link that opens as a slider from the right.
-63</t>
-[...4 lines deleted...]
-      <c r="A107" t="inlineStr">
+70</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="inlineStr">
         <is>
           <t>OpenID Connect Directory Manager Plugin 
         This directory manager plugin enables the use of OpenID Connect to authenticate users to sign in to Joget. 
-685</t>
-[...4 lines deleted...]
-      <c r="A108" t="inlineStr">
+710</t>
+        </is>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr">
         <is>
           <t>OpenKM DMS Plugin 
         OpenKM DMS Plugin 
 The OpenKM Document Management System (DMS) plugin facilitates the seamless integration of OpenKM and Joget.
-61</t>
-[...4 lines deleted...]
-      <c r="A109" t="inlineStr">
+63</t>
+        </is>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="inlineStr">
         <is>
           <t>Organizational Chart Userview Menu Plugin 
         Organizational Chart Userview Menu PluginThe Organizational Chart Userview Menu plugin designed to seamlessly extract organizational data from Joget platform.
-94</t>
-[...4 lines deleted...]
-      <c r="A110" t="inlineStr">
+100</t>
+        </is>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="inlineStr">
         <is>
           <t>OTP Email MFA Plugin 
         OTP Email MFA is a Multi-factor authentication plugin that sends a one-time password to user's email providing additional layer of security.
-121</t>
-[...4 lines deleted...]
-      <c r="A111" t="inlineStr">
+125</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr">
         <is>
           <t>Page Template UI Menu 
         Page Template UI MenuThe Page Template Menu plugin allows the user to quickly get started with the UI Builder by choosing from a list of pre-built pages that can be customized later.
-21</t>
-[...4 lines deleted...]
-      <c r="A112" t="inlineStr">
+41</t>
+        </is>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="inlineStr">
         <is>
           <t>Password Protected PDF Tool Plugin 
         Password Protected PDF Tool PluginThe Password Protected Pdf Tool plugin is used to generate password-protected PDF documents.
 13</t>
         </is>
       </c>
     </row>
-    <row r="113">
-      <c r="A113" t="inlineStr">
+    <row r="114">
+      <c r="A114" t="inlineStr">
         <is>
           <t>Payment Processor Tool Plugin 
         Payment Processor Tool PluginThe Payment Processor Tool is used to integrate different payment gateway methods.
-86</t>
-[...4 lines deleted...]
-      <c r="A114" t="inlineStr">
+90</t>
+        </is>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="inlineStr">
         <is>
           <t>PDF To Image Tool 
         PDF To Image ToolThe PDF to Image Tool converts a single pdf file into image(s).
 6</t>
         </is>
       </c>
     </row>
-    <row r="115">
-      <c r="A115" t="inlineStr">
+    <row r="116">
+      <c r="A116" t="inlineStr">
         <is>
           <t>Persian Date Picker Form Element 
         Persian Date Picker Form ElementThe Persian Date Picker plugin is a form element that allows the user to select/pick dates in the Persian format.
-36</t>
-[...4 lines deleted...]
-      <c r="A116" t="inlineStr">
+38</t>
+        </is>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="inlineStr">
         <is>
           <t>Plugin Template Pack Plugin 
         Plugin Template Pack PluginPlugin Template Pack aims to factorize repetitive configurations of the same plugin throughout the same app in one place to ease future maintenance.
-132</t>
-[...4 lines deleted...]
-      <c r="A117" t="inlineStr">
+152</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr">
         <is>
           <t>PPT File Upload Plugin 
         PPT File Upload PluginThe PPT File Upload plugin enables PowerPoint file uploads and provides an embedded slideshow viewer for viewing presentations on click of an icon.
 15</t>
         </is>
       </c>
     </row>
-    <row r="118">
-      <c r="A118" t="inlineStr">
+    <row r="119">
+      <c r="A119" t="inlineStr">
         <is>
           <t>Process Enhancement Plugin DX 
         Process Enhancement Plugin DXA suite of plugins to automatically generates the approval and rejection buttons in the datalist and form screens.
-3360</t>
-[...4 lines deleted...]
-      <c r="A119" t="inlineStr">
+3691</t>
+        </is>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="inlineStr">
         <is>
           <t>Progress Bar Datalist Formatter 
         Progress Bar Datalist Formatter allows to format a progress value to percentage and displays it in progress bar format.
-103</t>
-[...4 lines deleted...]
-      <c r="A120" t="inlineStr">
+111</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="inlineStr">
         <is>
           <t>Property Hash Variable Plugin 
         Property Hash Variable Plugin 
 Plugin to retrieve a property value from any properties file.
-457</t>
-[...4 lines deleted...]
-      <c r="A121" t="inlineStr">
+462</t>
+        </is>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="inlineStr">
         <is>
           <t>Protected Text Field Form Plugin 
         Protected Text Field Form Plugin 
 Plugin to protect and encrypt the data captured in a text field.
-462</t>
-[...4 lines deleted...]
-      <c r="A122" t="inlineStr">
+467</t>
+        </is>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="inlineStr">
         <is>
           <t>Push Notification Plugin Tool 
         Push Notification Plugin Tool 
 Plugin that enables the ability to send push notification in a process tool, can be used in post processing form or part of process flow.
-936</t>
-[...4 lines deleted...]
-      <c r="A123" t="inlineStr">
+945</t>
+        </is>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="inlineStr">
         <is>
           <t>QR Code Generator Tool Plugin 
         QR Code Generator Tool PluginQR Code Generator Tool generates QR Code to be attached to email through process / post form processing.
-144</t>
-[...4 lines deleted...]
-      <c r="A124" t="inlineStr">
+149</t>
+        </is>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="inlineStr">
         <is>
           <t>QR Code Scanner Plugin 
         QR Code Scanner PluginThe QR Code Scanner plugin adds in a QR code scanner form element into the Joget Form Builder which can be added to any form with a simple drag and drop.
-104</t>
-[...4 lines deleted...]
-      <c r="A125" t="inlineStr">
+145</t>
+        </is>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="inlineStr">
         <is>
           <t>Report Builder Addon For DX 
         Report Builder Addon For DXA no-code/low-code solution to create customized reports for Joget apps.
-4004</t>
-[...4 lines deleted...]
-      <c r="A126" t="inlineStr">
+4144</t>
+        </is>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="inlineStr">
         <is>
           <t>Report Search Datalist Binder Plugin 
         Report Search Datalist Binder PluginThe Report Search Datalist Binder Plugin is a Datalist Binder that enables data aggregation and data pivoting on a raw data using SQL queries.
-124</t>
-[...4 lines deleted...]
-      <c r="A127" t="inlineStr">
+143</t>
+        </is>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="inlineStr">
         <is>
           <t>Row Numbering Binder 
         Row Numbering Binder PluginRow Numbering Binder Plugin allows you to add numbering to your datalist.
-99</t>
-[...4 lines deleted...]
-      <c r="A128" t="inlineStr">
+101</t>
+        </is>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="inlineStr">
         <is>
           <t>SAML Directory Manager Plugin 
         SAML Directory Manager Plugin 
 Plugin for Single Sign-on (SSO) session/user authentication from SAML 2.0 Identity Providers.
-1249</t>
-[...4 lines deleted...]
-      <c r="A129" t="inlineStr">
+1282</t>
+        </is>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="inlineStr">
         <is>
           <t>Scheduler Plugin 
         Scheduler Plugin v6 &amp; DXThis userview menu plugin is used to schedule jobs to run at a specific date and time via CRON expression.
-1975</t>
-[...4 lines deleted...]
-      <c r="A130" t="inlineStr">
+2041</t>
+        </is>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="inlineStr">
         <is>
           <t>Section Tab Plugin 
         Plugin to change the display of a form's many sections to a horizontal tabs display.
-1402</t>
-[...4 lines deleted...]
-      <c r="A131" t="inlineStr">
+1431</t>
+        </is>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="inlineStr">
         <is>
           <t>Section Wizard Plugin 
         Section Wizard Plugin v6 DX 
 Plugin to display a form's many sections in a horizontal tab/wizard display.
-897</t>
-[...4 lines deleted...]
-      <c r="A132" t="inlineStr">
+917</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="inlineStr">
         <is>
           <t>Service Provider SAML Directory Manager 
         Service Provider SAML Directory ManagerService Provider SAML Directory Manager is a SSO plugin that allows users to sign in into Joget in their preferred IDM that supports the SAML protocol.
-87</t>
-[...4 lines deleted...]
-      <c r="A133" t="inlineStr">
+93</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="inlineStr">
         <is>
           <t>Signature Hash Variable Plugin 
         Signature Hash Variable PluginDisplay signatures from the Signature form element in email notifications.
-399</t>
-[...4 lines deleted...]
-      <c r="A134" t="inlineStr">
+413</t>
+        </is>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="inlineStr">
         <is>
           <t>Slack Notification Plugin 
         Slack Notification Plugin 
 Plugin to send a message to the corresponding Slack Messaging user on new process tasks.
-196</t>
-[...4 lines deleted...]
-      <c r="A135" t="inlineStr">
+198</t>
+        </is>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="inlineStr">
         <is>
           <t>Slack Webhook Plugin 
         Slack Webhook Plugin 
 A process tool plugin you can include in your app process flow to send messages to Slack app.
-154</t>
-[...4 lines deleted...]
-      <c r="A136" t="inlineStr">
+155</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="inlineStr">
         <is>
           <t>Star Rating Plugin 
         Star Rating Plugin 
 A form element that users can easily click to rate your website or product or services.
-569</t>
-[...4 lines deleted...]
-      <c r="A137" t="inlineStr">
+576</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="inlineStr">
         <is>
           <t>Status Color Datalist Formatter Plugin 
         Status Color Datalist FormatterDatalist formatter that allows users to format the background color of a column based on the value given.
-392</t>
-[...4 lines deleted...]
-      <c r="A138" t="inlineStr">
+405</t>
+        </is>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="inlineStr">
         <is>
           <t>Subform Repeater Plugin 
         A plugin to add a subform that is repeated (multiple rows) to display child records.
-1480</t>
-[...4 lines deleted...]
-      <c r="A139" t="inlineStr">
+1546</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="inlineStr">
         <is>
           <t>Submission Stats Generator Plugin 
         Submission Stats Generator Plugin 
 Plugin to generate a form submission statistical chart.
-756</t>
-[...4 lines deleted...]
-      <c r="A140" t="inlineStr">
+759</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="inlineStr">
         <is>
           <t>System Environment Hash Variable Plugin 
         System Environment Hash Variable PluginThe Environment Hash Variable plugin can retrieve system environment variables dynamically.
-27</t>
-[...4 lines deleted...]
-      <c r="A141" t="inlineStr">
+30</t>
+        </is>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="inlineStr">
         <is>
           <t>Task Sequencer Plugin 
         Task Sequencer Plugin Process ToolThis plugin allows a process to be traversed with endless possible flow permutations.
-319</t>
-[...4 lines deleted...]
-      <c r="A142" t="inlineStr">
+326</t>
+        </is>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="inlineStr">
         <is>
           <t>Textfield Masking 
         Text Field Masking plugin extends the default Text Field to provide masking when entering numbers.
-221</t>
-[...4 lines deleted...]
-      <c r="A143" t="inlineStr">
+227</t>
+        </is>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="inlineStr">
         <is>
           <t>Time Ago Formatter 
         The Time Ago Datalist Formatter computes time elapsed between 2 dates or against current date.
-261</t>
-[...4 lines deleted...]
-      <c r="A144" t="inlineStr">
+267</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="inlineStr">
         <is>
           <t>Tooltip Form Element Plugin 
 Tooltip Form Element 
 Add an on-screen help text or tooltip in your Joget form with this plugin.
-779</t>
-[...4 lines deleted...]
-      <c r="A145" t="inlineStr">
+793</t>
+        </is>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="inlineStr">
         <is>
           <t>Touch Friendly Field Elements Plugin 
         Three new touch friendly field elements for your Joget forms
-493</t>
-[...4 lines deleted...]
-      <c r="A146" t="inlineStr">
+525</t>
+        </is>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="inlineStr">
         <is>
           <t>Tree Menu Plugin 
         Tree Menu PluginUserview menu plugin to dynamically draw a tree menu in the userview sidebar menu based on database records.
-478</t>
-[...4 lines deleted...]
-      <c r="A147" t="inlineStr">
+485</t>
+        </is>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="inlineStr">
         <is>
           <t>Twilio Message Tool 
         Twilio Message Tool PluginTwilio Message Tool Plugin seamlessly integrates with the powerful Twilio platform, empowering users to effortlessly send both WhatsApp messages and SMS.
-64</t>
-[...4 lines deleted...]
-      <c r="A148" t="inlineStr">
+69</t>
+        </is>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="inlineStr">
         <is>
           <t>Typeahead Multiselect Datalist Filter 
         Typeahead Multiselect Datalist FilterThis plugin lists possible choices based on user input while filling the search filter.
-250</t>
-[...4 lines deleted...]
-      <c r="A149" t="inlineStr">
+279</t>
+        </is>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="inlineStr">
         <is>
           <t>UAE Pass Directory Manager Plugin 
         UAE Pass Directory Manager PluginThe UAE Pass Directory Manager Plugin allow users to single sign-on (SSO) to Joget using UAE Pass.
-39</t>
-[...4 lines deleted...]
-      <c r="A150" t="inlineStr">
+42</t>
+        </is>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="inlineStr">
         <is>
           <t>Universal Datalist Inbox Audit Trail 
         Universal Datalist Inbox Audit TrailThe Universal Datalist Inbox Audit Trail Plugin shows the assignments for all the apps that have the plugin attached.
-61</t>
-[...4 lines deleted...]
-      <c r="A151" t="inlineStr">
+68</t>
+        </is>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="inlineStr">
         <is>
           <t>User Notification (Customizable) 
         User Notification (Customizable) Plugin 
 Plugin that upgrades the current user notification with more customizable options.
-514</t>
-[...4 lines deleted...]
-      <c r="A152" t="inlineStr">
+521</t>
+        </is>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="inlineStr">
         <is>
           <t>User Profile MFA Menu Plugin 
         User Profile MFA MenuThis userview element allows LDAP users to Activate/Deactivate their MFA.
-84</t>
-[...4 lines deleted...]
-      <c r="A153" t="inlineStr">
+89</t>
+        </is>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="inlineStr">
         <is>
           <t>User Role Selection Plugin 
         User Role Selection PluginUser Role Selection Plugin allows for multiple user roles selection within a Joget DX app.
-119</t>
-[...4 lines deleted...]
-      <c r="A154" t="inlineStr">
+140</t>
+        </is>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="inlineStr">
         <is>
           <t>Video File Upload Plugin 
         Video File Upload PluginThe Video File Upload Plugin offers users a seamless experience by allowing them to upload video files and choose their preferred playback method.
-45</t>
-[...4 lines deleted...]
-      <c r="A155" t="inlineStr">
+47</t>
+        </is>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="inlineStr">
+        <is>
+          <t>Wflow Storage Permission Check Plugin 
+        Wflow Storage Permission Check PluginThis plugin performs a system-level health check to verify storage accessibility for key folders used by the Joget platform.
+3</t>
+        </is>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="inlineStr">
         <is>
           <t>Workflow Variable Update Process Tool 
         Workflow Variable Update Process ToolA process tool plugin to easily update any number of workflow variables in your process.
-1715</t>
-[...4 lines deleted...]
-      <c r="A156" t="inlineStr">
+1767</t>
+        </is>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="inlineStr">
         <is>
           <t>Writing Assistant Plugin 
         Writing Assistant PluginWriting Assistant Plugin is a form element for calling ChatGPT API to improve messaging.
-179</t>
+188</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>