--- v1 (2025-12-21)
+++ v2 (2026-02-21)
@@ -67,1501 +67,1520 @@
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFill="true" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:A158"/>
+  <dimension ref="A1:A160"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="174.19140625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>AppName</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Advanced JSON Data List Binder Plugin 
         Advanced JSON Data List Binder PluginThe Advanced JSON Data List Binder Plugin  
 easily specify dynamic query parameters in your reqeust.
-264</t>
+277</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Aggregate Datalist Binder Plugin 
         Aggregate Datalist Binder Plugin 
 A datalist binder to generate an aggregated dataset from your selected form.
-981</t>
+992</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
+          <t>AI Central Config 
+        AI Central ConfigThe AI central configuration plugin allows you to set up,configure and manage your AI services.
+70</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>AI Form Data Generator Tool 
+        AI Form Data Generator ToolAI Form Data Generator Tool generates realistic sample data for a Joget form using an LLM.
+6</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
           <t>AI Form Fill Element 
         AI Form Fill Element PluginThe AI Form Fill Element plugin is a tool designed to generate and populate data for form elements automatically.
-470</t>
-[...4 lines deleted...]
-      <c r="A5" t="inlineStr">
+543</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
         <is>
           <t>AJAX Select Box Plugin 
         AJAX Select BoxA select box using AJAX and a datalist to retrieve its options.
-1475</t>
-[...4 lines deleted...]
-      <c r="A6" t="inlineStr">
+1526</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
         <is>
           <t>Angle Theme DX 
         Angle Theme DX 
 New Joget DX Userview theme plugin called Angle Theme.
-626</t>
-[...4 lines deleted...]
-      <c r="A7" t="inlineStr">
+662</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
         <is>
           <t>Apache Superset Userview Menu Plugin 
         Apache Superset Userview Menu pluginApache Superset Userview Menu plugin allows user to integrate Apache Superset Dashboards into Joget DX.
-93</t>
-[...4 lines deleted...]
-      <c r="A8" t="inlineStr">
+102</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
         <is>
           <t>API Builder Addon For DX 
         API Builder Addon For DXA no-code/low-code solution to create customized JSON APIs for Joget apps.
-4538</t>
-[...4 lines deleted...]
-      <c r="A9" t="inlineStr">
+4780</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
         <is>
           <t>API Connector Builder Plugin 
         Open Slider List FormatterAPI Connector Builder Plugin is a builder to create reusable API connectors based on OAS document.
-106</t>
-[...4 lines deleted...]
-      <c r="A10" t="inlineStr">
+152</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
         <is>
           <t>Apps Backup Tool Plugin 
         The Apps Backup Tool Plugin facilitates comprehensive app backups, including app data, plugins and user groups.
-88</t>
-[...4 lines deleted...]
-      <c r="A11" t="inlineStr">
+93</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
         <is>
           <t>Autocomplete Text Field Form Element Plugin 
         A text field with the added ability to AJAX load options based on matching keywords.
-719</t>
-[...4 lines deleted...]
-      <c r="A12" t="inlineStr">
+763</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
         <is>
           <t>Beanshell API Element 
         Beanshell API ElementThe Bean Shell API Element allows you to create arbitrary endpoints in API Builder that execute Bean Shell scripts.
-72</t>
-[...4 lines deleted...]
-      <c r="A13" t="inlineStr">
+117</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
         <is>
           <t>Beanshell Datalist Formatter Plugin 
         Beanshell Datalist Formatter PluginExert full control via bean shell on a datalist column's display format with this plugin..
-793</t>
-[...4 lines deleted...]
-      <c r="A14" t="inlineStr">
+828</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
         <is>
           <t>Bootstrap Steps Display Plugin 
         Bootstrap Steps DisplayThis form element is used to display status in steps with 2 presentation styles.
-452</t>
-[...4 lines deleted...]
-      <c r="A15" t="inlineStr">
+479</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
         <is>
           <t>BPMN to XPDL Conversion Plugin 
         BPMN to XPDL Conversion PluginThe BPMN to XPDL Conversion Plugin is used to convert BPMN xml to XPDL xml format to be uploaded to Joget Process Builder.
-54</t>
-[...4 lines deleted...]
-      <c r="A16" t="inlineStr">
+58</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
         <is>
           <t>Bulk Assignment Datalist Action Plugin 
         Plugin to submit many process assignments
-385</t>
-[...4 lines deleted...]
-      <c r="A17" t="inlineStr">
+396</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
         <is>
           <t>Card Viewer Datalist Formatter Plugin 
         Plugin to display datalist records in a form of cards.
-535</t>
-[...4 lines deleted...]
-      <c r="A18" t="inlineStr">
+547</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
         <is>
           <t>CharLimiter Datalist Formatter Plugin 
         CharLimiter Datalist Formatter PluginThe CharLimiter Datalist Formatter plugin allows users to configure the number of characters displayed in a list.
-26</t>
-[...4 lines deleted...]
-      <c r="A19" t="inlineStr">
+30</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
         <is>
           <t>ChartJs Userview Menu Plugin 
         The ChartJs Menu plugin is a new easy-to-use charting userview menu plugin for Joget DX.
-189</t>
-[...4 lines deleted...]
-      <c r="A20" t="inlineStr">
+217</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
         <is>
           <t>ChatGPT Assistant Plugin 
         Writing Assistant PluginChatGPT Assistant Plugin is a userview menu plugin to integrate ChatGPT into Joget.
-513</t>
-[...4 lines deleted...]
-      <c r="A21" t="inlineStr">
+536</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
         <is>
           <t>Classic HTML Userview Menu 
         Classic HTML Userview MenuPlugin to add HTML scripts in userview menu.
-558</t>
-[...4 lines deleted...]
-      <c r="A22" t="inlineStr">
+581</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
         <is>
           <t>Click To Reveal Datalist Formatter Plugin 
         Click To Reveal Datalist Formatter PluginClick To Reveal Datalist Formatter plugin allows users to hide content in a list and displays a clickable element to reveal the contents.
-29</t>
-[...4 lines deleted...]
-      <c r="A23" t="inlineStr">
+32</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
         <is>
           <t>Code Snippet Builder Plugin 
         Code Snippet Builder PluginCode Snippet Builder Plugin is a builder to create code snippets to be used in other elements.
-467</t>
-[...4 lines deleted...]
-      <c r="A24" t="inlineStr">
+495</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
         <is>
           <t>Color Admin Theme DX 
         Color Admin Theme DX 
 New Joget DX Userview theme plugin called Color Admin Theme.
-736</t>
-[...4 lines deleted...]
-      <c r="A25" t="inlineStr">
+766</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
         <is>
           <t>Color Datalist Formatter Plugin 
         Color Datalist Formatter PluginDatalist formatter to display color based on hex color codes
-467</t>
-[...4 lines deleted...]
-      <c r="A26" t="inlineStr">
+477</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
         <is>
           <t>Color Picker Plugin 
         Color PickerForm element for users to pick a color from a palette.
-480</t>
-[...4 lines deleted...]
-      <c r="A27" t="inlineStr">
+490</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
         <is>
           <t>Column Template Formatter 
         Column Template FormatterThe Column Template Formatter transforms a normal tabular datalist row into a user-defined template.
-17</t>
-[...4 lines deleted...]
-      <c r="A28" t="inlineStr">
+34</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
         <is>
           <t>Condition Participant Plugin 
         Condition Participant PluginPlugin allows you to add Javascript rules when assigning participants in a process swimlane.
-338</t>
-[...4 lines deleted...]
-      <c r="A29" t="inlineStr">
+343</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
         <is>
           <t>Conditional Multi Formatters Plugin 
         Conditional Multi Formatters PluginConditional Multi Formatters Plugin is a datalist formatter plugin which executes selected formatter(s) based on condition.
-91</t>
-[...4 lines deleted...]
-      <c r="A30" t="inlineStr">
+95</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
         <is>
           <t>Conditional Multi Process Tool Plugin 
         This plugin allows a maximum of 5 process tool plugins to be executed when their respective conditions are met.
-471</t>
-[...4 lines deleted...]
-      <c r="A31" t="inlineStr">
+501</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
         <is>
           <t>Copy File Tool Plugin 
         Copy File Tool PluginCopy File Tool Plugin facilitates integration by reading a flat file from the local file system and copying it into Joget for further processing.
-47</t>
-[...4 lines deleted...]
-      <c r="A32" t="inlineStr">
+50</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
         <is>
           <t>Data Versioning Plugin 
         Data Versioning PluginThe Data Versioning Plugin is designed to facilitate form data versioning, allowing users to manage and track different versions of their form data.
-46</t>
-[...4 lines deleted...]
-      <c r="A33" t="inlineStr">
+58</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
         <is>
           <t>Datalist Color Box Formatter 
         Datalist Color Box Formatter PluginDatalist Color Box Formatter allows users to create colored text box in a list.
-107</t>
-[...4 lines deleted...]
-      <c r="A34" t="inlineStr">
+119</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
         <is>
           <t>Datalist Hash Variable Plugin v6 
         Datalist Hash Variable Plugin v6Use this plugin to easily display grid-style information in Joget.
-306</t>
-[...4 lines deleted...]
-      <c r="A35" t="inlineStr">
+308</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
         <is>
           <t>Datalist Number Formatter Plugin 
         Datalist Number Formatter PluginDatalist Number Formatter is a datalist formatter that transform numerical values similar to Text Field's Number Formatting.
-141</t>
-[...4 lines deleted...]
-      <c r="A36" t="inlineStr">
+163</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
         <is>
           <t>Date And Time Duplicate Validator Plugin 
         Form validator plugin to check for conflict in date and time fields.
-295</t>
-[...4 lines deleted...]
-      <c r="A37" t="inlineStr">
+306</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
         <is>
           <t>Date Formatter Hash Variable Plugin 
         Date Formatter Hash Variable PluginUse this hash variable plugin to convert date values from one date format to another.
-421</t>
-[...4 lines deleted...]
-      <c r="A38" t="inlineStr">
+430</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
         <is>
           <t>Date Timezone Datalist Formatter 
         Date Timezone Datalist FormatterDate Timezone Formatter convert date time (server) to different timezone (user profile's timezone).
-16</t>
-[...4 lines deleted...]
-      <c r="A39" t="inlineStr">
+19</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
         <is>
           <t>Document Generation Datalist Action Plugin 
         Document Generation Datalist Action PluginThe Document Generation Datalist Action is a plugin that exports form data to a Word document based on a specific template.
-113</t>
-[...4 lines deleted...]
-      <c r="A40" t="inlineStr">
+121</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
         <is>
           <t>Download PDF Datalist Action Plugin 
         Download PDF Datalist Action Plugin 
 Plugin to print form record(s) to PDF, without opening the form.
-2001</t>
-[...4 lines deleted...]
-      <c r="A41" t="inlineStr">
+2037</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
         <is>
           <t>Duplicate Data Plugin 
         Duplicate Data PluginUse this form element plugin to easily clone an existing record.
-604</t>
-[...4 lines deleted...]
-      <c r="A42" t="inlineStr">
+619</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
         <is>
           <t>Dynamic List Report Element 
         Dynamic List Report ElementThe Dynamic List Report Element Plugin is used to generate dynamic list without creating multiple reports.
-29</t>
-[...4 lines deleted...]
-      <c r="A43" t="inlineStr">
+45</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
         <is>
           <t>Dynamic Options Select Box Plugin 
         Dynamic Options Select Box PluginThe Dynamic Options Select Box is a select box that retrieves existing options and enables users to create a new record using an existing form.
-121</t>
-[...4 lines deleted...]
-      <c r="A44" t="inlineStr">
+142</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
         <is>
           <t>eChart Userview Plugin DX 
         eChart plugin is a new easy-to-use charting userview menu plugin for Joget DX.
-1287</t>
-[...4 lines deleted...]
-      <c r="A45" t="inlineStr">
+1345</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
         <is>
           <t>Email Tool with Template Plugin 
         Email Tool with Template PluginEmail Tool with Template Plugin sends an email message to the targeted recipient(s), with the ability to use a common body template via hash variable.
-108</t>
-[...4 lines deleted...]
-      <c r="A46" t="inlineStr">
+123</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
         <is>
           <t>Email With Process Audit Trail PDF Plugin 
         Email With Process Audit Trail PDF 
 Plugin to send an email to the designated recipient(s) on completion of a workflow assignment.
-691</t>
-[...4 lines deleted...]
-      <c r="A47" t="inlineStr">
+697</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
         <is>
           <t>Email With Template Plugin 
         Email With Template Plugin 
 Use this plugin to auto include a static header and footer HTML to a workflow email message.
-819</t>
-[...4 lines deleted...]
-      <c r="A48" t="inlineStr">
+833</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
         <is>
           <t>Emote Form Element Plugin 
         Emote Form ElementEmote Form Element plugin allows users to react to submitted forms using emotes.
-29</t>
-[...4 lines deleted...]
-      <c r="A49" t="inlineStr">
+33</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
         <is>
           <t>Enhanced Color Picker 
         Enhanced Color PickerEnhanced Color Picker offers additional features and functionalities to improve the user experience and provide more advanced color selection capabilities.
-32</t>
-[...4 lines deleted...]
-      <c r="A50" t="inlineStr">
+38</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
         <is>
           <t>Enhanced Email Tool Plugin 
         Enhanced Email Tool PluginThe Enhanced Email Tool Plugin extends the existing functionality of the email tool with the additional ability to debug.
-52</t>
-[...4 lines deleted...]
-      <c r="A51" t="inlineStr">
+59</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
         <is>
           <t>Enhanced JSON API Plugin 
         Enhanced JSON API PluginThe Enhanced JSON API Plugin includes additional features such as support for system proxy settings, API tokens, customizable socket timeout retries.
-112</t>
-[...4 lines deleted...]
-      <c r="A52" t="inlineStr">
+137</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
         <is>
           <t>Enhanced Load Balanced Participant Plugin 
         Enhanced Load Balanced ParticipantUse this plugin to automatically assign tasks to a user within selected parameters that has the least number of total assignments.
-284</t>
-[...4 lines deleted...]
-      <c r="A53" t="inlineStr">
+293</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
         <is>
           <t>Enhanced Soap Tool Plugin 
         Enhanced Soap Tool PluginThis Enhanced SOAP Tool allows user to save the request and response payload of a call to webservice for integration purpose.
-0</t>
-[...4 lines deleted...]
-      <c r="A54" t="inlineStr">
+2</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
         <is>
           <t>Enhanced Theme Plugin 
         Enhanced Theme 
 Enhanced Theme with auto collapse/expand side menu.
-701</t>
-[...4 lines deleted...]
-      <c r="A55" t="inlineStr">
+710</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
         <is>
           <t>Essence Theme Plugin 
         Essence Theme is a responsive Bootstrap-based UI framework designed specifically for creating modern web applications.
-363</t>
-[...4 lines deleted...]
-      <c r="A56" t="inlineStr">
+403</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
         <is>
           <t>Export CSV or Excel Plugin 
         Export CSV or Excel PluginDownload CSV or Excel Plugin allows one to export list records to Excel or CSV with the option to customize header and footer.
-290</t>
-[...4 lines deleted...]
-      <c r="A57" t="inlineStr">
+325</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
         <is>
           <t>File Add Image Tool 
         File Add Image ToolThe File Add Image Tool plugin is used to add uploaded images on every page of an uploaded PDF File or image file (.png, .jpg, and .jpeg only).
-92</t>
-[...4 lines deleted...]
-      <c r="A58" t="inlineStr">
+97</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
         <is>
           <t>File Link Datalist Formatter Plugin 
         File Link Datalist Formatter Plugin 
 Plugin to display a file upload field column as a download link in datalist.
-1836</t>
-[...4 lines deleted...]
-      <c r="A59" t="inlineStr">
+1918</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
         <is>
           <t>File Type Validator Plugin 
         Export CSV or Excel PluginThe File Type Validator plugin validates uploaded files based on the configured list of allowed file types and their associated MIME types.
-60</t>
-[...4 lines deleted...]
-      <c r="A60" t="inlineStr">
+66</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
         <is>
           <t>Form File Manager Plugin 
         Form File Manager PluginA userview menu plugin to manage all your form file attachments in Joget.
-1056</t>
-[...4 lines deleted...]
-      <c r="A61" t="inlineStr">
+1082</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
         <is>
           <t>Form Files Zip Element Plugin 
         The Form Files Zip Element plugin is used to zip all the documents in all or selected file/image upload fields in current form.
-46</t>
-[...4 lines deleted...]
-      <c r="A62" t="inlineStr">
+53</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
         <is>
           <t>Form Record Locking Form Element 
         Form Record Locking is a form element that allows users to lock a record from being edited.
-140</t>
-[...4 lines deleted...]
-      <c r="A63" t="inlineStr">
+145</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
         <is>
           <t>Form Store Binder Audit Trail Plugin 
         Form Store Binder Audit Trail PluginForm Store Binder Audit Trail Plugin would allow users to store data that have been modified as audit trail data.
-243</t>
-[...4 lines deleted...]
-      <c r="A64" t="inlineStr">
+261</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
         <is>
           <t>Form Update Process Tool Datalist Action 
         Form Update Process Tool Datalist Action allows one to perform form data update, trigger process tool, trigger datalist action.
-562</t>
-[...4 lines deleted...]
-      <c r="A65" t="inlineStr">
+624</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
         <is>
           <t>Format Form API Response (GET) Plugin 
         Format Form API Response (GET) PluginFormat Form API Response (GET) plugin helps to address a critical limitation in the default GET API endpoint.
-30</t>
-[...4 lines deleted...]
-      <c r="A66" t="inlineStr">
+43</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
         <is>
           <t>Format List API Response (GET) Plugin 
         Format List API Response (GET) PluginFormat List API Response (GET) plugin enhances the Joget GET List API by automatically formatting stringified JSON fields into valid JSON objects or arrays.
-26</t>
-[...4 lines deleted...]
-      <c r="A67" t="inlineStr">
+37</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
         <is>
           <t>Format Number Hash Plugin 
         Format Number Hash PluginFormat Number Hash Plugin is a hash variable type plugin which allows to format numbers.
-96</t>
-[...4 lines deleted...]
-      <c r="A68" t="inlineStr">
+101</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
         <is>
           <t>Full Text Search Filter Plugin 
         Full Text Search Datalist Plugin 
 Use this datalist filter plugin to perform a Full Text Search across multiple columns in a list.
-1441</t>
-[...4 lines deleted...]
-      <c r="A69" t="inlineStr">
+1517</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
         <is>
           <t>Gantt Chart Plugin 
         Gantt Chart Plugin 
 Plugin to display a Gantt Chart in userview menu.
-705</t>
-[...4 lines deleted...]
-      <c r="A70" t="inlineStr">
+714</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
         <is>
           <t>Generate Zip File Process Tool Plugin 
         Copy File Tool PluginGenerate Zip File Process Tool plugin allows users to zip all files residing in a file upload form field of the selected form.
-22</t>
-[...4 lines deleted...]
-      <c r="A71" t="inlineStr">
+25</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
         <is>
           <t>Google API Integration 
         Google API IntegrationThe Google API Integration plugin uses REST API to communicate to Google.
-80</t>
-[...4 lines deleted...]
-      <c r="A72" t="inlineStr">
+86</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
         <is>
           <t>Grid Search Filter Element 
         Grid Search Filter ElementThe Grid Search Filter Element is used to filter records within grid columns based on the desired column.
-32</t>
-[...4 lines deleted...]
-      <c r="A73" t="inlineStr">
+36</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
         <is>
           <t>Hijri Date Picker Plugin 
         AJAX Select BoxA form element which allows to select/pick date in Hijri format.
-115</t>
-[...4 lines deleted...]
-      <c r="A74" t="inlineStr">
+121</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
         <is>
           <t>Hyperlink Options Filter Plugin 
         Hyperlink Options Filter 
 Plugins to display the field value and total count based on your selected field in the datalist filter.
-623</t>
-[...4 lines deleted...]
-      <c r="A75" t="inlineStr">
+631</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
         <is>
           <t>If Empty Hash Plugin 
         Format Number Hash PluginIf Empty Hash is used to show alternative message in the case of unparsed hash variable.
 43</t>
         </is>
       </c>
     </row>
-    <row r="76">
-[...9 lines deleted...]
-      <c r="A77" t="inlineStr">
+    <row r="78">
+      <c r="A78" t="inlineStr">
         <is>
           <t>Invisible Recaptcha Form Element Plugin 
 Invisible Recaptcha Form Element 
 This is a form element that provides Google reCAPTCHA validation as Joget form element.
-70</t>
-[...4 lines deleted...]
-      <c r="A78" t="inlineStr">
+71</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
         <is>
           <t>Iterator Process Tool Plugin 
 Iterator Process Tool 
 This is a process tool plugin to allow one to iterate through records/assignments to execute process tool plugin.
-445</t>
-[...4 lines deleted...]
-      <c r="A79" t="inlineStr">
+487</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
         <is>
           <t>Javascript Condition Formatter Plugin 
         Javascript Condition Formatter PluginControl your datalist column display format using Condition Formatter Datalist Plugin..
-653</t>
-[...4 lines deleted...]
-      <c r="A80" t="inlineStr">
+662</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
         <is>
           <t>JDBC Form Validator Plugin 
         JDBC Form Validator PluginThis plugin allows user to perform validation by writing a SQL query.
-211</t>
-[...4 lines deleted...]
-      <c r="A81" t="inlineStr">
+229</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
         <is>
           <t>Joget AI Agent Builder 
         Joget AI Agent BuilderThe Joget AI Agent Builder is a no-code/low-code tool that lets you build intelligent agents using a simple drag-and-drop interface.
-402</t>
-[...4 lines deleted...]
-      <c r="A82" t="inlineStr">
+648</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
         <is>
           <t>Joget AI Designer 
         Joget AI DesignerJoget AI Designer adds a new option under the Design New App page to assist with app creation using a Generative AI language model.
-2304</t>
-[...4 lines deleted...]
-      <c r="A83" t="inlineStr">
+2430</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
         <is>
           <t>JSON API Validator Plugin 
         JSON API Validator PluginThe JSON API Validator plugin validates the input based on API Call by comparing the API Call result and expected result.
-112</t>
-[...4 lines deleted...]
-      <c r="A84" t="inlineStr">
+118</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
         <is>
           <t>JSON Form Options Binder Plugin 
         JSON Form Options PluginA form options binder plugin to GET JSON data to populate select box form elements.
-1308</t>
-[...4 lines deleted...]
-      <c r="A85" t="inlineStr">
+1318</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
         <is>
           <t>JSON To Table Formatter Plugin 
         JSON To Table Formatter PluginJSON To Table Formatter Plugin turns JSON data into a formatted table.
-275</t>
-[...4 lines deleted...]
-      <c r="A86" t="inlineStr">
+306</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
         <is>
           <t>Kerberos Directory Manager Plugin 
         A Joget plugin for Single Sign-On (SSO) user authentication to Active Directory.
-895</t>
-[...4 lines deleted...]
-      <c r="A87" t="inlineStr">
+900</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
         <is>
           <t>Lazy Approval Tool 
         Lazy Approval Tool allows lazy assignment approval using URL.
-99</t>
-[...4 lines deleted...]
-      <c r="A88" t="inlineStr">
+107</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
         <is>
           <t>Lazy Load Datalist Template 
         Lazy Load Datalist TemplateLazy Load Datalist Template is a custom template for Datalist Builder designed to enhance performance when working with large datasets.
-7</t>
-[...4 lines deleted...]
-      <c r="A89" t="inlineStr">
+18</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
         <is>
           <t>Liferay Directory Manager Plugin 
         Liferay Directory Manager Plugin 
 Plugin to integrate Joget users with Liferay users.
-337</t>
-[...4 lines deleted...]
-      <c r="A90" t="inlineStr">
+338</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
         <is>
           <t>Like/Dislike Element Plugin 
         Like/Dislike Element PluginThe Like/Dislike Element plugin allows multiple users to like or dislike form content.
-26</t>
-[...4 lines deleted...]
-      <c r="A91" t="inlineStr">
+28</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr">
         <is>
           <t>Load Balanced Group Participant Plugin 
         Load Balanced Group Participant PluginThis participant plugin will assign tasks to a user in a selected group that has the least number of total assignments.
-239</t>
-[...4 lines deleted...]
-      <c r="A92" t="inlineStr">
+247</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
         <is>
           <t>Log Cleaner Plugin 
         Log Cleaner PluginThe Log Cleaner Plugin for Joget helps high-code Joget developers to efficiently manage and clean up log data, optimizing database performance.
-38</t>
-[...4 lines deleted...]
-      <c r="A93" t="inlineStr">
+41</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr">
         <is>
           <t>Marker Area Form Element 
         Marker Area Form ElementMarker Area Form Element allows users to annotate on images in the runtime.
-10</t>
-[...4 lines deleted...]
-      <c r="A94" t="inlineStr">
+11</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
         <is>
           <t>Mayan EDMS Plugin 
         Mayan EDMS PluginThe Mayan EDMS Plugin facilitates a seamless process for users to upload documents from Joget to Mayan EDMS.
-32</t>
-[...4 lines deleted...]
-      <c r="A95" t="inlineStr">
+38</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
         <is>
           <t>Merge PDF Datalist Action Plugin 
         The Merge PDF Datalist Action plugin is used to merge all uploaded PDF in file upload form element when user clicks on merge button in datalist.
-70</t>
-[...4 lines deleted...]
-      <c r="A96" t="inlineStr">
+75</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="inlineStr">
         <is>
           <t>Mobile Push Notification Plugin 
         Mobile Push Notification Plugin 
 Plugin to send notifications to your mobile phone instead of emails, when a user receives a new task.
-892</t>
-[...4 lines deleted...]
-      <c r="A97" t="inlineStr">
+900</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr">
         <is>
           <t>MongoDB Binder Plugin 
         MongoDB Binder PluginThe MongoDB Binder plugin facilitates the seamless integration of MongoDB and Joget.
-25</t>
-[...4 lines deleted...]
-      <c r="A98" t="inlineStr">
+26</t>
+        </is>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr">
         <is>
           <t>Mood Rating Plugin 
         Mood Rating Plugin 
 A form element plugin for users to rate content or sites using smiley emoticons.
-271</t>
-[...4 lines deleted...]
-      <c r="A99" t="inlineStr">
+273</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr">
         <is>
           <t>Multi Datalist Formatters Plugin 
         This plugin allows a maximum of 5 datalist formatter plugins to be used together to transform your datalist column values.
-383</t>
-[...4 lines deleted...]
-      <c r="A100" t="inlineStr">
+404</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr">
         <is>
           <t>Multi Dependency Select Box 
         Multi Dependency Select BoxThe Multi Dependency Select Box is just like the regular selectbox form element we currently have, but with the additional capability to filter its options via multiple dependency field(s).
-7</t>
-[...4 lines deleted...]
-      <c r="A101" t="inlineStr">
+12</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
         <is>
           <t>Multi Form Validator Plugin 
         This unique form validator plugin allows a maximum of 5 form validator plugins to be configured for a form element.
-195</t>
-[...4 lines deleted...]
-      <c r="A102" t="inlineStr">
+212</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
         <is>
           <t>Multi Permission Plugin 
         Multi Permission PluginThe Multi Permission Plugin allows users to configure multiple permission plugins to be applied to an element.
-31</t>
-[...4 lines deleted...]
-      <c r="A103" t="inlineStr">
+48</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
         <is>
           <t>Multi Store Binders Plugin 
         Multi Store BindersEnable the use of multiple store binders in a form or section.
-662</t>
-[...4 lines deleted...]
-      <c r="A104" t="inlineStr">
+691</t>
+        </is>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="inlineStr">
         <is>
           <t>Multirow Condition Form Binder 
         Multirow Condition Form BinderForm Binder to allow conditional, selective storing and loading of multi-row-enabled form element to store multi-row data in database table.
-973</t>
-[...4 lines deleted...]
-      <c r="A105" t="inlineStr">
+992</t>
+        </is>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="inlineStr">
         <is>
           <t>Not Permission Plugin 
         Not Permission Plugin 
 Permission plugin to reverse the value of the selected permission plugin.
-395</t>
-[...4 lines deleted...]
-      <c r="A106" t="inlineStr">
+399</t>
+        </is>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="inlineStr">
         <is>
           <t>Onsen Mobile Theme Plugin 
         Onsen Mobile Theme PluginOnsen Mobile Theme are built with Onsen UI. It is a powerful framework for building mobile and hybrid applications using HTML, CSS, and JavaScript.
-52</t>
-[...4 lines deleted...]
-      <c r="A107" t="inlineStr">
+70</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="inlineStr">
         <is>
           <t>Open Slider List Formatter 
         Open Slider List FormatterOpen Slider List Formatter is a List Formatter that constructs a link that opens as a slider from the right.
-70</t>
-[...4 lines deleted...]
-      <c r="A108" t="inlineStr">
+93</t>
+        </is>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr">
         <is>
           <t>OpenID Connect Directory Manager Plugin 
         This directory manager plugin enables the use of OpenID Connect to authenticate users to sign in to Joget. 
-710</t>
-[...4 lines deleted...]
-      <c r="A109" t="inlineStr">
+720</t>
+        </is>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="inlineStr">
         <is>
           <t>OpenKM DMS Plugin 
         OpenKM DMS Plugin 
 The OpenKM Document Management System (DMS) plugin facilitates the seamless integration of OpenKM and Joget.
-63</t>
-[...4 lines deleted...]
-      <c r="A110" t="inlineStr">
+67</t>
+        </is>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="inlineStr">
         <is>
           <t>Organizational Chart Userview Menu Plugin 
         Organizational Chart Userview Menu PluginThe Organizational Chart Userview Menu plugin designed to seamlessly extract organizational data from Joget platform.
-100</t>
-[...4 lines deleted...]
-      <c r="A111" t="inlineStr">
+114</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr">
         <is>
           <t>OTP Email MFA Plugin 
         OTP Email MFA is a Multi-factor authentication plugin that sends a one-time password to user's email providing additional layer of security.
-125</t>
-[...4 lines deleted...]
-      <c r="A112" t="inlineStr">
+127</t>
+        </is>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="inlineStr">
         <is>
           <t>Page Template UI Menu 
         Page Template UI MenuThe Page Template Menu plugin allows the user to quickly get started with the UI Builder by choosing from a list of pre-built pages that can be customized later.
-41</t>
-[...4 lines deleted...]
-      <c r="A113" t="inlineStr">
+62</t>
+        </is>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="inlineStr">
         <is>
           <t>Password Protected PDF Tool Plugin 
         Password Protected PDF Tool PluginThe Password Protected Pdf Tool plugin is used to generate password-protected PDF documents.
-13</t>
-[...4 lines deleted...]
-      <c r="A114" t="inlineStr">
+14</t>
+        </is>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="inlineStr">
         <is>
           <t>Payment Processor Tool Plugin 
         Payment Processor Tool PluginThe Payment Processor Tool is used to integrate different payment gateway methods.
-90</t>
-[...4 lines deleted...]
-      <c r="A115" t="inlineStr">
+94</t>
+        </is>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="inlineStr">
         <is>
           <t>PDF To Image Tool 
         PDF To Image ToolThe PDF to Image Tool converts a single pdf file into image(s).
-6</t>
-[...4 lines deleted...]
-      <c r="A116" t="inlineStr">
+7</t>
+        </is>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="inlineStr">
         <is>
           <t>Persian Date Picker Form Element 
         Persian Date Picker Form ElementThe Persian Date Picker plugin is a form element that allows the user to select/pick dates in the Persian format.
-38</t>
-[...4 lines deleted...]
-      <c r="A117" t="inlineStr">
+42</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr">
         <is>
           <t>Plugin Template Pack Plugin 
         Plugin Template Pack PluginPlugin Template Pack aims to factorize repetitive configurations of the same plugin throughout the same app in one place to ease future maintenance.
-152</t>
-[...4 lines deleted...]
-      <c r="A118" t="inlineStr">
+163</t>
+        </is>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="inlineStr">
         <is>
           <t>PPT File Upload Plugin 
         PPT File Upload PluginThe PPT File Upload plugin enables PowerPoint file uploads and provides an embedded slideshow viewer for viewing presentations on click of an icon.
 15</t>
         </is>
       </c>
     </row>
-    <row r="119">
-      <c r="A119" t="inlineStr">
+    <row r="120">
+      <c r="A120" t="inlineStr">
         <is>
           <t>Process Enhancement Plugin DX 
         Process Enhancement Plugin DXA suite of plugins to automatically generates the approval and rejection buttons in the datalist and form screens.
-3691</t>
-[...4 lines deleted...]
-      <c r="A120" t="inlineStr">
+3998</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="inlineStr">
         <is>
           <t>Progress Bar Datalist Formatter 
         Progress Bar Datalist Formatter allows to format a progress value to percentage and displays it in progress bar format.
-111</t>
-[...4 lines deleted...]
-      <c r="A121" t="inlineStr">
+118</t>
+        </is>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="inlineStr">
         <is>
           <t>Property Hash Variable Plugin 
         Property Hash Variable Plugin 
 Plugin to retrieve a property value from any properties file.
 462</t>
         </is>
       </c>
     </row>
-    <row r="122">
-      <c r="A122" t="inlineStr">
+    <row r="123">
+      <c r="A123" t="inlineStr">
         <is>
           <t>Protected Text Field Form Plugin 
         Protected Text Field Form Plugin 
 Plugin to protect and encrypt the data captured in a text field.
-467</t>
-[...4 lines deleted...]
-      <c r="A123" t="inlineStr">
+481</t>
+        </is>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="inlineStr">
         <is>
           <t>Push Notification Plugin Tool 
         Push Notification Plugin Tool 
 Plugin that enables the ability to send push notification in a process tool, can be used in post processing form or part of process flow.
-945</t>
-[...4 lines deleted...]
-      <c r="A124" t="inlineStr">
+966</t>
+        </is>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="inlineStr">
         <is>
           <t>QR Code Generator Tool Plugin 
         QR Code Generator Tool PluginQR Code Generator Tool generates QR Code to be attached to email through process / post form processing.
-149</t>
-[...4 lines deleted...]
-      <c r="A125" t="inlineStr">
+163</t>
+        </is>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="inlineStr">
         <is>
           <t>QR Code Scanner Plugin 
         QR Code Scanner PluginThe QR Code Scanner plugin adds in a QR code scanner form element into the Joget Form Builder which can be added to any form with a simple drag and drop.
-145</t>
-[...4 lines deleted...]
-      <c r="A126" t="inlineStr">
+202</t>
+        </is>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="inlineStr">
         <is>
           <t>Report Builder Addon For DX 
         Report Builder Addon For DXA no-code/low-code solution to create customized reports for Joget apps.
-4144</t>
-[...4 lines deleted...]
-      <c r="A127" t="inlineStr">
+4363</t>
+        </is>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="inlineStr">
         <is>
           <t>Report Search Datalist Binder Plugin 
         Report Search Datalist Binder PluginThe Report Search Datalist Binder Plugin is a Datalist Binder that enables data aggregation and data pivoting on a raw data using SQL queries.
-143</t>
-[...4 lines deleted...]
-      <c r="A128" t="inlineStr">
+155</t>
+        </is>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="inlineStr">
         <is>
           <t>Row Numbering Binder 
         Row Numbering Binder PluginRow Numbering Binder Plugin allows you to add numbering to your datalist.
-101</t>
-[...4 lines deleted...]
-      <c r="A129" t="inlineStr">
+110</t>
+        </is>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="inlineStr">
         <is>
           <t>SAML Directory Manager Plugin 
         SAML Directory Manager Plugin 
 Plugin for Single Sign-on (SSO) session/user authentication from SAML 2.0 Identity Providers.
-1282</t>
-[...4 lines deleted...]
-      <c r="A130" t="inlineStr">
+1300</t>
+        </is>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="inlineStr">
         <is>
           <t>Scheduler Plugin 
         Scheduler Plugin v6 &amp; DXThis userview menu plugin is used to schedule jobs to run at a specific date and time via CRON expression.
-2041</t>
-[...4 lines deleted...]
-      <c r="A131" t="inlineStr">
+2134</t>
+        </is>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="inlineStr">
         <is>
           <t>Section Tab Plugin 
         Plugin to change the display of a form's many sections to a horizontal tabs display.
-1431</t>
-[...4 lines deleted...]
-      <c r="A132" t="inlineStr">
+1469</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="inlineStr">
         <is>
           <t>Section Wizard Plugin 
         Section Wizard Plugin v6 DX 
 Plugin to display a form's many sections in a horizontal tab/wizard display.
-917</t>
-[...4 lines deleted...]
-      <c r="A133" t="inlineStr">
+929</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="inlineStr">
         <is>
           <t>Service Provider SAML Directory Manager 
         Service Provider SAML Directory ManagerService Provider SAML Directory Manager is a SSO plugin that allows users to sign in into Joget in their preferred IDM that supports the SAML protocol.
-93</t>
-[...4 lines deleted...]
-      <c r="A134" t="inlineStr">
+98</t>
+        </is>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="inlineStr">
+        <is>
+          <t>SharePoint Document Integration Plugin 
+        SharePoint Document Integration Plugin 
+The SharePoint Document Integration Plugin allows documents to be stored and managed directly in Microsoft SharePoint instead of the Joget database or local file system.
+2</t>
+        </is>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="inlineStr">
         <is>
           <t>Signature Hash Variable Plugin 
         Signature Hash Variable PluginDisplay signatures from the Signature form element in email notifications.
-413</t>
-[...4 lines deleted...]
-      <c r="A135" t="inlineStr">
+426</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="inlineStr">
         <is>
           <t>Slack Notification Plugin 
         Slack Notification Plugin 
 Plugin to send a message to the corresponding Slack Messaging user on new process tasks.
-198</t>
-[...4 lines deleted...]
-      <c r="A136" t="inlineStr">
+200</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="inlineStr">
         <is>
           <t>Slack Webhook Plugin 
         Slack Webhook Plugin 
 A process tool plugin you can include in your app process flow to send messages to Slack app.
-155</t>
-[...4 lines deleted...]
-      <c r="A137" t="inlineStr">
+157</t>
+        </is>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="inlineStr">
         <is>
           <t>Star Rating Plugin 
         Star Rating Plugin 
 A form element that users can easily click to rate your website or product or services.
-576</t>
-[...4 lines deleted...]
-      <c r="A138" t="inlineStr">
+586</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="inlineStr">
         <is>
           <t>Status Color Datalist Formatter Plugin 
         Status Color Datalist FormatterDatalist formatter that allows users to format the background color of a column based on the value given.
-405</t>
-[...4 lines deleted...]
-      <c r="A139" t="inlineStr">
+439</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="inlineStr">
         <is>
           <t>Subform Repeater Plugin 
         A plugin to add a subform that is repeated (multiple rows) to display child records.
-1546</t>
-[...4 lines deleted...]
-      <c r="A140" t="inlineStr">
+1592</t>
+        </is>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="inlineStr">
         <is>
           <t>Submission Stats Generator Plugin 
         Submission Stats Generator Plugin 
 Plugin to generate a form submission statistical chart.
-759</t>
-[...4 lines deleted...]
-      <c r="A141" t="inlineStr">
+769</t>
+        </is>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="inlineStr">
         <is>
           <t>System Environment Hash Variable Plugin 
         System Environment Hash Variable PluginThe Environment Hash Variable plugin can retrieve system environment variables dynamically.
-30</t>
-[...4 lines deleted...]
-      <c r="A142" t="inlineStr">
+33</t>
+        </is>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="inlineStr">
         <is>
           <t>Task Sequencer Plugin 
         Task Sequencer Plugin Process ToolThis plugin allows a process to be traversed with endless possible flow permutations.
-326</t>
-[...4 lines deleted...]
-      <c r="A143" t="inlineStr">
+331</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="inlineStr">
         <is>
           <t>Textfield Masking 
         Text Field Masking plugin extends the default Text Field to provide masking when entering numbers.
-227</t>
-[...4 lines deleted...]
-      <c r="A144" t="inlineStr">
+233</t>
+        </is>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="inlineStr">
         <is>
           <t>Time Ago Formatter 
         The Time Ago Datalist Formatter computes time elapsed between 2 dates or against current date.
-267</t>
-[...4 lines deleted...]
-      <c r="A145" t="inlineStr">
+270</t>
+        </is>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="inlineStr">
         <is>
           <t>Tooltip Form Element Plugin 
 Tooltip Form Element 
 Add an on-screen help text or tooltip in your Joget form with this plugin.
-793</t>
-[...4 lines deleted...]
-      <c r="A146" t="inlineStr">
+806</t>
+        </is>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="inlineStr">
         <is>
           <t>Touch Friendly Field Elements Plugin 
         Three new touch friendly field elements for your Joget forms
-525</t>
-[...4 lines deleted...]
-      <c r="A147" t="inlineStr">
+568</t>
+        </is>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="inlineStr">
         <is>
           <t>Tree Menu Plugin 
         Tree Menu PluginUserview menu plugin to dynamically draw a tree menu in the userview sidebar menu based on database records.
-485</t>
-[...4 lines deleted...]
-      <c r="A148" t="inlineStr">
+509</t>
+        </is>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="inlineStr">
         <is>
           <t>Twilio Message Tool 
         Twilio Message Tool PluginTwilio Message Tool Plugin seamlessly integrates with the powerful Twilio platform, empowering users to effortlessly send both WhatsApp messages and SMS.
-69</t>
-[...4 lines deleted...]
-      <c r="A149" t="inlineStr">
+72</t>
+        </is>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="inlineStr">
         <is>
           <t>Typeahead Multiselect Datalist Filter 
         Typeahead Multiselect Datalist FilterThis plugin lists possible choices based on user input while filling the search filter.
-279</t>
-[...4 lines deleted...]
-      <c r="A150" t="inlineStr">
+306</t>
+        </is>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="inlineStr">
         <is>
           <t>UAE Pass Directory Manager Plugin 
         UAE Pass Directory Manager PluginThe UAE Pass Directory Manager Plugin allow users to single sign-on (SSO) to Joget using UAE Pass.
 42</t>
         </is>
       </c>
     </row>
-    <row r="151">
-      <c r="A151" t="inlineStr">
+    <row r="153">
+      <c r="A153" t="inlineStr">
         <is>
           <t>Universal Datalist Inbox Audit Trail 
         Universal Datalist Inbox Audit TrailThe Universal Datalist Inbox Audit Trail Plugin shows the assignments for all the apps that have the plugin attached.
-68</t>
-[...4 lines deleted...]
-      <c r="A152" t="inlineStr">
+72</t>
+        </is>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="inlineStr">
         <is>
           <t>User Notification (Customizable) 
         User Notification (Customizable) Plugin 
 Plugin that upgrades the current user notification with more customizable options.
-521</t>
-[...4 lines deleted...]
-      <c r="A153" t="inlineStr">
+536</t>
+        </is>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="inlineStr">
         <is>
           <t>User Profile MFA Menu Plugin 
         User Profile MFA MenuThis userview element allows LDAP users to Activate/Deactivate their MFA.
-89</t>
-[...4 lines deleted...]
-      <c r="A154" t="inlineStr">
+94</t>
+        </is>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="inlineStr">
         <is>
           <t>User Role Selection Plugin 
         User Role Selection PluginUser Role Selection Plugin allows for multiple user roles selection within a Joget DX app.
-140</t>
-[...4 lines deleted...]
-      <c r="A155" t="inlineStr">
+165</t>
+        </is>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="inlineStr">
         <is>
           <t>Video File Upload Plugin 
         Video File Upload PluginThe Video File Upload Plugin offers users a seamless experience by allowing them to upload video files and choose their preferred playback method.
-47</t>
-[...4 lines deleted...]
-      <c r="A156" t="inlineStr">
+53</t>
+        </is>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="inlineStr">
         <is>
           <t>Wflow Storage Permission Check Plugin 
         Wflow Storage Permission Check PluginThis plugin performs a system-level health check to verify storage accessibility for key folders used by the Joget platform.
-3</t>
-[...4 lines deleted...]
-      <c r="A157" t="inlineStr">
+5</t>
+        </is>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="inlineStr">
         <is>
           <t>Workflow Variable Update Process Tool 
         Workflow Variable Update Process ToolA process tool plugin to easily update any number of workflow variables in your process.
-1767</t>
-[...4 lines deleted...]
-      <c r="A158" t="inlineStr">
+1834</t>
+        </is>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="inlineStr">
         <is>
           <t>Writing Assistant Plugin 
         Writing Assistant PluginWriting Assistant Plugin is a form element for calling ChatGPT API to improve messaging.
-188</t>
+197</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>