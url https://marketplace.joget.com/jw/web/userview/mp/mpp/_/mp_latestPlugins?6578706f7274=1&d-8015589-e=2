--- v0 (2026-01-27)
+++ v1 (2026-03-28)
@@ -67,971 +67,990 @@
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFill="true" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:A102"/>
+  <dimension ref="A1:A104"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="174.19140625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>AppName</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Export CSV or Excel Plugin 
-[...1 lines deleted...]
-312</t>
+          <t>Lazy Load Datalist Template 
+        Lazy Load Datalist TemplateLazy Load Datalist Template is a custom template for Datalist Builder designed to enhance performance when working with large datasets.
+33</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>AI Form Data Generator Tool 
-[...1 lines deleted...]
-4</t>
+          <t>Column Search Hash Variable Plugin 
+        Column Search Hash Variable PluginThe Column Search Hash Variable Plugin allows you to search by other columns using hash variables.
+0</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>User Role Selection Plugin 
-[...1 lines deleted...]
-163</t>
+          <t>Joget AI Agent Builder 
+        Joget AI Agent BuilderThe Joget AI Agent Builder is a no-code/low-code tool that lets you build intelligent agents using a simple drag-and-drop interface.
+828</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Writing Assistant Plugin 
-[...1 lines deleted...]
-194</t>
+          <t>AI Central Config 
+        AI Central ConfigThe AI central configuration plugin allows you to set up,configure and manage your AI services.
+116</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>AI Central Config 
-[...1 lines deleted...]
-36</t>
+          <t>Joget AI Designer 
+        Joget AI DesignerJoget AI Designer adds a new option under the Design New App page to assist with app creation using a Generative AI language model.
+2511</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>API Builder Addon For DX 
-[...1 lines deleted...]
-4681</t>
+          <t>SharePoint Document Integration Plugin 
+        SharePoint Document Integration Plugin 
+The SharePoint Document Integration Plugin allows documents to be stored and managed directly in Microsoft SharePoint instead of the Joget database or local file system.
+11</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
-        <is>
-[...304 lines deleted...]
-      <c r="A42" t="inlineStr">
         <is>
           <t>OpenKM DMS Plugin 
         OpenKM DMS Plugin 
 The OpenKM Document Management System (DMS) plugin facilitates the seamless integration of OpenKM and Joget.
-64</t>
+71</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>API Builder Addon For DX 
+        API Builder Addon For DXA no-code/low-code solution to create customized JSON APIs for Joget apps.
+4899</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>Dynamic Options Select Box Plugin 
+        Dynamic Options Select Box PluginThe Dynamic Options Select Box is a select box that retrieves existing options and enables users to create a new record using an existing form.
+161</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>Form Files Zip Element Plugin 
+        The Form Files Zip Element plugin is used to zip all the documents in all or selected file/image upload fields in current form.
+57</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>Export CSV or Excel Plugin 
+        Export CSV or Excel PluginDownload CSV or Excel Plugin allows one to export list records to Excel or CSV with the option to customize header and footer.
+348</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>AI Form Data Generator Tool 
+        AI Form Data Generator ToolAI Form Data Generator Tool generates realistic sample data for a Joget form using an LLM.
+19</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>User Role Selection Plugin 
+        User Role Selection PluginUser Role Selection Plugin allows for multiple user roles selection within a Joget DX app.
+180</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>Writing Assistant Plugin 
+        Writing Assistant PluginWriting Assistant Plugin is a form element for calling ChatGPT API to improve messaging.
+200</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>Report Builder Addon For DX 
+        Report Builder Addon For DXA no-code/low-code solution to create customized reports for Joget apps.
+4444</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>Enhanced Soap Tool Plugin 
+        Enhanced Soap Tool PluginThis Enhanced SOAP Tool allows user to save the request and response payload of a call to webservice for integration purpose.
+3</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>Process Enhancement Plugin DX 
+        Process Enhancement Plugin DXA suite of plugins to automatically generates the approval and rejection buttons in the datalist and form screens.
+4144</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>Service Provider SAML Directory Manager 
+        Service Provider SAML Directory ManagerService Provider SAML Directory Manager is a SSO plugin that allows users to sign in into Joget in their preferred IDM that supports the SAML protocol.
+100</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>User Profile MFA Menu Plugin 
+        User Profile MFA MenuThis userview element allows LDAP users to Activate/Deactivate their MFA.
+98</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>Signature Hash Variable Plugin 
+        Signature Hash Variable PluginDisplay signatures from the Signature form element in email notifications.
+431</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>Click To Reveal Datalist Formatter Plugin 
+        Click To Reveal Datalist Formatter PluginClick To Reveal Datalist Formatter plugin allows users to hide content in a list and displays a clickable element to reveal the contents.
+35</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>Dynamic List Report Element 
+        Dynamic List Report ElementThe Dynamic List Report Element Plugin is used to generate dynamic list without creating multiple reports.
+46</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>Wflow Storage Permission Check Plugin 
+        Wflow Storage Permission Check PluginThis plugin performs a system-level health check to verify storage accessibility for key folders used by the Joget platform.
+7</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>Onsen Mobile Theme Plugin 
+        Onsen Mobile Theme PluginOnsen Mobile Theme are built with Onsen UI. It is a powerful framework for building mobile and hybrid applications using HTML, CSS, and JavaScript.
+72</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>OpenID Connect Directory Manager Plugin 
+        This directory manager plugin enables the use of OpenID Connect to authenticate users to sign in to Joget. 
+730</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>Touch Friendly Field Elements Plugin 
+        Three new touch friendly field elements for your Joget forms
+598</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>Enhanced Color Picker 
+        Enhanced Color PickerEnhanced Color Picker offers additional features and functionalities to improve the user experience and provide more advanced color selection capabilities.
+40</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>Multi Dependency Select Box 
+        Multi Dependency Select BoxThe Multi Dependency Select Box is just like the regular selectbox form element we currently have, but with the additional capability to filter its options via multiple dependency field(s).
+15</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>Universal Datalist Inbox Audit Trail 
+        Universal Datalist Inbox Audit TrailThe Universal Datalist Inbox Audit Trail Plugin shows the assignments for all the apps that have the plugin attached.
+74</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>Column Template Formatter 
+        Column Template FormatterThe Column Template Formatter transforms a normal tabular datalist row into a user-defined template.
+48</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>Page Template UI Menu 
+        Page Template UI MenuThe Page Template Menu plugin allows the user to quickly get started with the UI Builder by choosing from a list of pre-built pages that can be customized later.
+68</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>PDF To Image Tool 
+        PDF To Image ToolThe PDF to Image Tool converts a single pdf file into image(s).
+8</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>AI Form Fill Element 
+        AI Form Fill Element PluginThe AI Form Fill Element plugin is a tool designed to generate and populate data for form elements automatically.
+565</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>Beanshell API Element 
+        Beanshell API ElementThe Bean Shell API Element allows you to create arbitrary endpoints in API Builder that execute Bean Shell scripts.
+128</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>Card Viewer Datalist Formatter Plugin 
+        Plugin to display datalist records in a form of cards.
+552</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>API Connector Builder Plugin 
+        Open Slider List FormatterAPI Connector Builder Plugin is a builder to create reusable API connectors based on OAS document.
+181</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>Format List API Response (GET) Plugin 
+        Format List API Response (GET) PluginFormat List API Response (GET) plugin enhances the Joget GET List API by automatically formatting stringified JSON fields into valid JSON objects or arrays.
+41</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>Multi Permission Plugin 
+        Multi Permission PluginThe Multi Permission Plugin allows users to configure multiple permission plugins to be applied to an element.
+54</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>Format Form API Response (GET) Plugin 
+        Format Form API Response (GET) PluginFormat Form API Response (GET) plugin helps to address a critical limitation in the default GET API endpoint.
+51</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>Autocomplete Text Field Form Element Plugin 
+        A text field with the added ability to AJAX load options based on matching keywords.
+792</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>Document Generation Datalist Action Plugin 
+        Document Generation Datalist Action PluginThe Document Generation Datalist Action is a plugin that exports form data to a Word document based on a specific template.
+129</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
+          <t>Marker Area Form Element 
+        Marker Area Form ElementMarker Area Form Element allows users to annotate on images in the runtime.
+12</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>File Add Image Tool 
+        File Add Image ToolThe File Add Image Tool plugin is used to add uploaded images on every page of an uploaded PDF File or image file (.png, .jpg, and .jpeg only).
+106</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>Form Store Binder Audit Trail Plugin 
+        Form Store Binder Audit Trail PluginForm Store Binder Audit Trail Plugin would allow users to store data that have been modified as audit trail data.
+268</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>JSON To Table Formatter Plugin 
+        JSON To Table Formatter PluginJSON To Table Formatter Plugin turns JSON data into a formatted table.
+312</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
           <t>Open Slider List Formatter 
         Open Slider List FormatterOpen Slider List Formatter is a List Formatter that constructs a link that opens as a slider from the right.
-76</t>
-[...4 lines deleted...]
-      <c r="A44" t="inlineStr">
+103</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
         <is>
           <t>Typeahead Multiselect Datalist Filter 
         Typeahead Multiselect Datalist FilterThis plugin lists possible choices based on user input while filling the search filter.
-294</t>
-[...4 lines deleted...]
-      <c r="A45" t="inlineStr">
+319</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
         <is>
           <t>Merge PDF Datalist Action Plugin 
         The Merge PDF Datalist Action plugin is used to merge all uploaded PDF in file upload form element when user clicks on merge button in datalist.
-73</t>
-[...4 lines deleted...]
-      <c r="A46" t="inlineStr">
+80</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
         <is>
           <t>Grid Search Filter Element 
         Grid Search Filter ElementThe Grid Search Filter Element is used to filter records within grid columns based on the desired column.
-33</t>
-[...4 lines deleted...]
-      <c r="A47" t="inlineStr">
+38</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
         <is>
           <t>Enhanced JSON API Plugin 
         Enhanced JSON API PluginThe Enhanced JSON API Plugin includes additional features such as support for system proxy settings, API tokens, customizable socket timeout retries.
-131</t>
-[...4 lines deleted...]
-      <c r="A48" t="inlineStr">
+147</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
         <is>
           <t>Video File Upload Plugin 
         Video File Upload PluginThe Video File Upload Plugin offers users a seamless experience by allowing them to upload video files and choose their preferred playback method.
-49</t>
-[...4 lines deleted...]
-      <c r="A49" t="inlineStr">
+53</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
         <is>
           <t>PPT File Upload Plugin 
         PPT File Upload PluginThe PPT File Upload plugin enables PowerPoint file uploads and provides an embedded slideshow viewer for viewing presentations on click of an icon.
-15</t>
-[...4 lines deleted...]
-      <c r="A50" t="inlineStr">
+16</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
         <is>
           <t>System Environment Hash Variable Plugin 
         System Environment Hash Variable PluginThe Environment Hash Variable plugin can retrieve system environment variables dynamically.
-33</t>
-[...4 lines deleted...]
-      <c r="A51" t="inlineStr">
+35</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
         <is>
           <t>Enhanced Email Tool Plugin 
         Enhanced Email Tool PluginThe Enhanced Email Tool Plugin extends the existing functionality of the email tool with the additional ability to debug.
-53</t>
-[...4 lines deleted...]
-      <c r="A52" t="inlineStr">
+60</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
         <is>
           <t>QR Code Scanner Plugin 
         QR Code Scanner PluginThe QR Code Scanner plugin adds in a QR code scanner form element into the Joget Form Builder which can be added to any form with a simple drag and drop.
-173</t>
-[...4 lines deleted...]
-      <c r="A53" t="inlineStr">
+205</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
         <is>
           <t>Conditional Multi Process Tool Plugin 
         This plugin allows a maximum of 5 process tool plugins to be executed when their respective conditions are met.
-485</t>
-[...4 lines deleted...]
-      <c r="A54" t="inlineStr">
+523</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
         <is>
           <t>Date Timezone Datalist Formatter 
         Date Timezone Datalist FormatterDate Timezone Formatter convert date time (server) to different timezone (user profile's timezone).
-18</t>
-[...4 lines deleted...]
-      <c r="A55" t="inlineStr">
+20</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
         <is>
           <t>Log Cleaner Plugin 
         Log Cleaner PluginThe Log Cleaner Plugin for Joget helps high-code Joget developers to efficiently manage and clean up log data, optimizing database performance.
-40</t>
-[...4 lines deleted...]
-      <c r="A56" t="inlineStr">
+43</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
         <is>
           <t>CharLimiter Datalist Formatter Plugin 
         CharLimiter Datalist Formatter PluginThe CharLimiter Datalist Formatter plugin allows users to configure the number of characters displayed in a list.
-29</t>
-[...4 lines deleted...]
-      <c r="A57" t="inlineStr">
+33</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
         <is>
           <t>Google API Integration 
         Google API IntegrationThe Google API Integration plugin uses REST API to communicate to Google.
-82</t>
-[...4 lines deleted...]
-      <c r="A58" t="inlineStr">
+91</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
         <is>
           <t>Persian Date Picker Form Element 
         Persian Date Picker Form ElementThe Persian Date Picker plugin is a form element that allows the user to select/pick dates in the Persian format.
-40</t>
-[...4 lines deleted...]
-      <c r="A59" t="inlineStr">
+43</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
         <is>
           <t>Iterator Process Tool Plugin 
 Iterator Process Tool 
 This is a process tool plugin to allow one to iterate through records/assignments to execute process tool plugin.
-472</t>
-[...4 lines deleted...]
-      <c r="A60" t="inlineStr">
+508</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
         <is>
           <t>Data Versioning Plugin 
         Data Versioning PluginThe Data Versioning Plugin is designed to facilitate form data versioning, allowing users to manage and track different versions of their form data.
-55</t>
-[...13 lines deleted...]
-      <c r="A62" t="inlineStr">
+67</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
         <is>
           <t>Password Protected PDF Tool Plugin 
         Password Protected PDF Tool PluginThe Password Protected Pdf Tool plugin is used to generate password-protected PDF documents.
-13</t>
-[...4 lines deleted...]
-      <c r="A63" t="inlineStr">
+17</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
         <is>
           <t>eChart Userview Plugin DX 
         eChart plugin is a new easy-to-use charting userview menu plugin for Joget DX.
-1324</t>
-[...4 lines deleted...]
-      <c r="A64" t="inlineStr">
+1370</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
         <is>
           <t>BPMN to XPDL Conversion Plugin 
         BPMN to XPDL Conversion PluginThe BPMN to XPDL Conversion Plugin is used to convert BPMN xml to XPDL xml format to be uploaded to Joget Process Builder.
-57</t>
-[...4 lines deleted...]
-      <c r="A65" t="inlineStr">
+62</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
         <is>
           <t>Like/Dislike Element Plugin 
         Like/Dislike Element PluginThe Like/Dislike Element plugin allows multiple users to like or dislike form content.
-28</t>
-[...4 lines deleted...]
-      <c r="A66" t="inlineStr">
+29</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
         <is>
           <t>Emote Form Element Plugin 
         Emote Form ElementEmote Form Element plugin allows users to react to submitted forms using emotes.
-32</t>
-[...4 lines deleted...]
-      <c r="A67" t="inlineStr">
+34</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
         <is>
           <t>Payment Processor Tool Plugin 
         Payment Processor Tool PluginThe Payment Processor Tool is used to integrate different payment gateway methods.
-90</t>
-[...4 lines deleted...]
-      <c r="A68" t="inlineStr">
+97</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
         <is>
           <t>Organizational Chart Userview Menu Plugin 
         Organizational Chart Userview Menu PluginThe Organizational Chart Userview Menu plugin designed to seamlessly extract organizational data from Joget platform.
-105</t>
-[...4 lines deleted...]
-      <c r="A69" t="inlineStr">
+118</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
         <is>
           <t>MongoDB Binder Plugin 
         MongoDB Binder PluginThe MongoDB Binder plugin facilitates the seamless integration of MongoDB and Joget.
-26</t>
-[...4 lines deleted...]
-      <c r="A70" t="inlineStr">
+28</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
         <is>
           <t>Generate Zip File Process Tool Plugin 
         Copy File Tool PluginGenerate Zip File Process Tool plugin allows users to zip all files residing in a file upload form field of the selected form.
-23</t>
-[...4 lines deleted...]
-      <c r="A71" t="inlineStr">
+27</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
         <is>
           <t>Apps Backup Tool Plugin 
         The Apps Backup Tool Plugin facilitates comprehensive app backups, including app data, plugins and user groups.
-91</t>
-[...13 lines deleted...]
-      <c r="A73" t="inlineStr">
+95</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
         <is>
           <t>Multi Store Binders Plugin 
         Multi Store BindersEnable the use of multiple store binders in a form or section.
-682</t>
-[...4 lines deleted...]
-      <c r="A74" t="inlineStr">
+703</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
         <is>
           <t>Time Ago Formatter 
         The Time Ago Datalist Formatter computes time elapsed between 2 dates or against current date.
-269</t>
-[...4 lines deleted...]
-      <c r="A75" t="inlineStr">
+277</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
         <is>
           <t>Essence Theme Plugin 
         Essence Theme is a responsive Bootstrap-based UI framework designed specifically for creating modern web applications.
-394</t>
-[...4 lines deleted...]
-      <c r="A76" t="inlineStr">
+418</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
         <is>
           <t>Lazy Approval Tool 
         Lazy Approval Tool allows lazy assignment approval using URL.
-103</t>
-[...4 lines deleted...]
-      <c r="A77" t="inlineStr">
+117</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
         <is>
           <t>Progress Bar Datalist Formatter 
         Progress Bar Datalist Formatter allows to format a progress value to percentage and displays it in progress bar format.
-116</t>
-[...4 lines deleted...]
-      <c r="A78" t="inlineStr">
+122</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
         <is>
           <t>Email Tool with Template Plugin 
         Email Tool with Template PluginEmail Tool with Template Plugin sends an email message to the targeted recipient(s), with the ability to use a common body template via hash variable.
-113</t>
-[...4 lines deleted...]
-      <c r="A79" t="inlineStr">
+126</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
         <is>
           <t>JSON API Validator Plugin 
         JSON API Validator PluginThe JSON API Validator plugin validates the input based on API Call by comparing the API Call result and expected result.
-116</t>
-[...4 lines deleted...]
-      <c r="A80" t="inlineStr">
+122</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
         <is>
           <t>Advanced JSON Data List Binder Plugin 
         Advanced JSON Data List Binder PluginThe Advanced JSON Data List Binder Plugin  
 easily specify dynamic query parameters in your reqeust.
-271</t>
-[...4 lines deleted...]
-      <c r="A81" t="inlineStr">
+291</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
         <is>
           <t>UAE Pass Directory Manager Plugin 
         UAE Pass Directory Manager PluginThe UAE Pass Directory Manager Plugin allow users to single sign-on (SSO) to Joget using UAE Pass.
-42</t>
-[...4 lines deleted...]
-      <c r="A82" t="inlineStr">
+43</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
         <is>
           <t>Apache Superset Userview Menu Plugin 
         Apache Superset Userview Menu pluginApache Superset Userview Menu plugin allows user to integrate Apache Superset Dashboards into Joget DX.
-99</t>
-[...4 lines deleted...]
-      <c r="A83" t="inlineStr">
+103</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
         <is>
           <t>Datalist Color Box Formatter 
         Datalist Color Box Formatter PluginDatalist Color Box Formatter allows users to create colored text box in a list.
-118</t>
-[...4 lines deleted...]
-      <c r="A84" t="inlineStr">
+122</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
         <is>
           <t>Twilio Message Tool 
         Twilio Message Tool PluginTwilio Message Tool Plugin seamlessly integrates with the powerful Twilio platform, empowering users to effortlessly send both WhatsApp messages and SMS.
-71</t>
-[...4 lines deleted...]
-      <c r="A85" t="inlineStr">
+73</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
         <is>
           <t>File Type Validator Plugin 
         Export CSV or Excel PluginThe File Type Validator plugin validates uploaded files based on the configured list of allowed file types and their associated MIME types.
-65</t>
-[...4 lines deleted...]
-      <c r="A86" t="inlineStr">
+70</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
         <is>
           <t>QR Code Generator Tool Plugin 
         QR Code Generator Tool PluginQR Code Generator Tool generates QR Code to be attached to email through process / post form processing.
-157</t>
-[...4 lines deleted...]
-      <c r="A87" t="inlineStr">
+167</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
         <is>
           <t>Format Number Hash Plugin 
         Format Number Hash PluginFormat Number Hash Plugin is a hash variable type plugin which allows to format numbers.
-98</t>
-[...4 lines deleted...]
-      <c r="A88" t="inlineStr">
+102</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
         <is>
           <t>ChatGPT Assistant Plugin 
         Writing Assistant PluginChatGPT Assistant Plugin is a userview menu plugin to integrate ChatGPT into Joget.
-527</t>
-[...4 lines deleted...]
-      <c r="A89" t="inlineStr">
+541</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
         <is>
           <t>Code Snippet Builder Plugin 
         Code Snippet Builder PluginCode Snippet Builder Plugin is a builder to create code snippets to be used in other elements.
-484</t>
-[...4 lines deleted...]
-      <c r="A90" t="inlineStr">
+500</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr">
         <is>
           <t>Conditional Multi Formatters Plugin 
         Conditional Multi Formatters PluginConditional Multi Formatters Plugin is a datalist formatter plugin which executes selected formatter(s) based on condition.
-92</t>
-[...4 lines deleted...]
-      <c r="A91" t="inlineStr">
+96</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
         <is>
           <t>Datalist Number Formatter Plugin 
         Datalist Number Formatter PluginDatalist Number Formatter is a datalist formatter that transform numerical values similar to Text Field's Number Formatting.
-150</t>
-[...4 lines deleted...]
-      <c r="A92" t="inlineStr">
+175</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr">
         <is>
           <t>JDBC Form Validator Plugin 
         JDBC Form Validator PluginThis plugin allows user to perform validation by writing a SQL query.
-222</t>
-[...4 lines deleted...]
-      <c r="A93" t="inlineStr">
+236</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
         <is>
           <t>If Empty Hash Plugin 
         Format Number Hash PluginIf Empty Hash is used to show alternative message in the case of unparsed hash variable.
-43</t>
-[...4 lines deleted...]
-      <c r="A94" t="inlineStr">
+45</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
         <is>
           <t>Row Numbering Binder 
         Row Numbering Binder PluginRow Numbering Binder Plugin allows you to add numbering to your datalist.
-106</t>
-[...4 lines deleted...]
-      <c r="A95" t="inlineStr">
+111</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="inlineStr">
         <is>
           <t>Plugin Template Pack Plugin 
         Plugin Template Pack PluginPlugin Template Pack aims to factorize repetitive configurations of the same plugin throughout the same app in one place to ease future maintenance.
-161</t>
-[...4 lines deleted...]
-      <c r="A96" t="inlineStr">
+167</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr">
         <is>
           <t>Hijri Date Picker Plugin 
         AJAX Select BoxA form element which allows to select/pick date in Hijri format.
-120</t>
-[...4 lines deleted...]
-      <c r="A97" t="inlineStr">
+122</t>
+        </is>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr">
         <is>
           <t>Date And Time Duplicate Validator Plugin 
         Form validator plugin to check for conflict in date and time fields.
-301</t>
-[...4 lines deleted...]
-      <c r="A98" t="inlineStr">
+307</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr">
         <is>
           <t>Status Color Datalist Formatter Plugin 
         Status Color Datalist FormatterDatalist formatter that allows users to format the background color of a column based on the value given.
-425</t>
-[...4 lines deleted...]
-      <c r="A99" t="inlineStr">
+456</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr">
         <is>
           <t>Invisible Recaptcha Form Element Plugin 
 Invisible Recaptcha Form Element 
 This is a form element that provides Google reCAPTCHA validation as Joget form element.
-70</t>
-[...4 lines deleted...]
-      <c r="A100" t="inlineStr">
+73</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
         <is>
           <t>Bulk Assignment Datalist Action Plugin 
         Plugin to submit many process assignments
-390</t>
-[...4 lines deleted...]
-      <c r="A101" t="inlineStr">
+403</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
         <is>
           <t>Multi Datalist Formatters Plugin 
         This plugin allows a maximum of 5 datalist formatter plugins to be used together to transform your datalist column values.
-394</t>
-[...4 lines deleted...]
-      <c r="A102" t="inlineStr">
+417</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
         <is>
           <t>Condition Participant Plugin 
         Condition Participant PluginPlugin allows you to add Javascript rules when assigning participants in a process swimlane.
-341</t>
+346</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>